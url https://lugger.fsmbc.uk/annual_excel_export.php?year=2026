--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -18,513 +18,662 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LP" sheetId="1" r:id="rId4"/>
     <sheet name="LP Time" sheetId="2" r:id="rId5"/>
     <sheet name="HP" sheetId="3" r:id="rId6"/>
     <sheet name="HP Time" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Entrant</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
-    <t>Tony Cleal</t>
+    <t>Martin Duffus</t>
   </si>
   <si>
     <t>Winter Series 1 of 4
 08/11/2025</t>
   </si>
   <si>
     <t xml:space="preserve">
 Race 1</t>
   </si>
   <si>
     <t xml:space="preserve">
 Race 2</t>
   </si>
   <si>
     <t xml:space="preserve">
 Race 3</t>
   </si>
   <si>
     <t>Winter Series 2 of 4
 23/11/2025</t>
   </si>
   <si>
     <t>Winter Series 4 of 4
 21/12/2025</t>
   </si>
   <si>
     <t>New Year Series 1 of 4
 04/01/2026</t>
   </si>
   <si>
     <t>New Year Series 2 of 4
 18/01/2026</t>
   </si>
   <si>
+    <t>New Year Series 3 of 4
+08/02/2026</t>
+  </si>
+  <si>
+    <t>New Year Series 4 of 4
+22/02/2026</t>
+  </si>
+  <si>
     <t>Chris Hare</t>
   </si>
   <si>
     <t>Kevin Abbott</t>
   </si>
   <si>
-    <t>Martin Duffus</t>
-[...1 lines deleted...]
-  <si>
     <t>Laurie Curle</t>
   </si>
   <si>
     <t>Bob Close</t>
   </si>
   <si>
+    <t>Tony Cleal</t>
+  </si>
+  <si>
+    <t>Richard Payne</t>
+  </si>
+  <si>
+    <t>Chris Brown</t>
+  </si>
+  <si>
     <t>Phil Walden</t>
   </si>
   <si>
-    <t>Richard Payne</t>
-[...2 lines deleted...]
-    <t>Chris Brown</t>
+    <t>Mark Jones</t>
+  </si>
+  <si>
+    <t>Nick How</t>
   </si>
   <si>
     <t>John Herbert</t>
   </si>
   <si>
     <t>Paul Limburn</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nick How</t>
   </si>
   <si>
     <t>Line Position (2026)</t>
   </si>
   <si>
     <t>Winter Series 1 of 4
 08/11/2025
 Race 1</t>
   </si>
   <si>
     <t>Elapsed</t>
   </si>
   <si>
+    <t>00:23:00</t>
+  </si>
+  <si>
     <t>Code</t>
-  </si>
-[...1 lines deleted...]
-    <t>DNC</t>
   </si>
   <si>
     <t>Winter Series 1 of 4
 08/11/2025
 Race 2</t>
   </si>
   <si>
+    <t>00:11:49</t>
+  </si>
+  <si>
     <t>Winter Series 1 of 4
 08/11/2025
 Race 3</t>
   </si>
   <si>
+    <t>00:21:02</t>
+  </si>
+  <si>
     <t>Winter Series 2 of 4
 23/11/2025
 Race 1</t>
   </si>
   <si>
-    <t>00:24:45</t>
+    <t>00:24:35</t>
   </si>
   <si>
     <t>Winter Series 2 of 4
 23/11/2025
 Race 2</t>
   </si>
   <si>
-    <t>00:35:46</t>
+    <t>00:35:54</t>
   </si>
   <si>
     <t>Winter Series 2 of 4
 23/11/2025
 Race 3</t>
   </si>
   <si>
-    <t>00:20:29</t>
+    <t>00:20:48</t>
   </si>
   <si>
     <t>Winter Series 4 of 4
 21/12/2025
 Race 1</t>
   </si>
   <si>
-    <t>00:18:09</t>
+    <t>00:21:16</t>
   </si>
   <si>
     <t>Winter Series 4 of 4
 21/12/2025
 Race 2</t>
   </si>
   <si>
-    <t>00:24:48</t>
+    <t>00:29:28</t>
   </si>
   <si>
     <t>Winter Series 4 of 4
 21/12/2025
 Race 3</t>
   </si>
   <si>
-    <t>00:25:23</t>
+    <t>00:26:25</t>
   </si>
   <si>
     <t>New Year Series 1 of 4
 04/01/2026
 Race 1</t>
   </si>
   <si>
+    <t>00:34:56</t>
+  </si>
+  <si>
     <t>New Year Series 1 of 4
 04/01/2026
 Race 2</t>
   </si>
   <si>
+    <t>00:13:55</t>
+  </si>
+  <si>
     <t>New Year Series 1 of 4
 04/01/2026
 Race 3</t>
   </si>
   <si>
+    <t>00:20:07</t>
+  </si>
+  <si>
     <t>New Year Series 2 of 4
 18/01/2026
 Race 1</t>
   </si>
   <si>
-    <t>00:29:28</t>
+    <t>DNC</t>
   </si>
   <si>
     <t>New Year Series 2 of 4
 18/01/2026
 Race 2</t>
   </si>
   <si>
-    <t>00:20:02</t>
-[...1 lines deleted...]
-  <si>
     <t>New Year Series 2 of 4
 18/01/2026
 Race 3</t>
   </si>
   <si>
+    <t>New Year Series 3 of 4
+08/02/2026
+Race 1</t>
+  </si>
+  <si>
+    <t>00:28:32</t>
+  </si>
+  <si>
+    <t>New Year Series 3 of 4
+08/02/2026
+Race 2</t>
+  </si>
+  <si>
+    <t>00:15:08</t>
+  </si>
+  <si>
+    <t>New Year Series 3 of 4
+08/02/2026
+Race 3</t>
+  </si>
+  <si>
+    <t>00:14:21</t>
+  </si>
+  <si>
+    <t>New Year Series 4 of 4
+22/02/2026
+Race 1</t>
+  </si>
+  <si>
+    <t>00:19:38</t>
+  </si>
+  <si>
+    <t>New Year Series 4 of 4
+22/02/2026
+Race 2</t>
+  </si>
+  <si>
+    <t>00:17:27</t>
+  </si>
+  <si>
+    <t>New Year Series 4 of 4
+22/02/2026
+Race 3</t>
+  </si>
+  <si>
+    <t>00:15:17</t>
+  </si>
+  <si>
+    <t>00:25:33</t>
+  </si>
+  <si>
+    <t>00:36:31</t>
+  </si>
+  <si>
+    <t>00:19:46</t>
+  </si>
+  <si>
+    <t>00:37:01</t>
+  </si>
+  <si>
+    <t>00:12:23</t>
+  </si>
+  <si>
+    <t>00:17:37</t>
+  </si>
+  <si>
+    <t>00:30:41</t>
+  </si>
+  <si>
+    <t>00:19:44</t>
+  </si>
+  <si>
+    <t>00:19:52</t>
+  </si>
+  <si>
+    <t>00:28:07</t>
+  </si>
+  <si>
+    <t>00:15:20</t>
+  </si>
+  <si>
+    <t>00:14:30</t>
+  </si>
+  <si>
+    <t>RET</t>
+  </si>
+  <si>
+    <t>00:17:16</t>
+  </si>
+  <si>
+    <t>00:15:33</t>
+  </si>
+  <si>
+    <t>00:24:00</t>
+  </si>
+  <si>
+    <t>00:12:38</t>
+  </si>
+  <si>
+    <t>00:20:02</t>
+  </si>
+  <si>
+    <t>00:27:52</t>
+  </si>
+  <si>
+    <t>00:38:19</t>
+  </si>
+  <si>
+    <t>00:20:13</t>
+  </si>
+  <si>
+    <t>00:22:20</t>
+  </si>
+  <si>
+    <t>00:30:02</t>
+  </si>
+  <si>
+    <t>00:27:49</t>
+  </si>
+  <si>
+    <t>00:11:38</t>
+  </si>
+  <si>
+    <t>00:19:02</t>
+  </si>
+  <si>
+    <t>00:31:36</t>
+  </si>
+  <si>
+    <t>00:18:37</t>
+  </si>
+  <si>
+    <t>00:22:12</t>
+  </si>
+  <si>
+    <t>00:34:49</t>
+  </si>
+  <si>
+    <t>00:13:53</t>
+  </si>
+  <si>
+    <t>00:20:18</t>
+  </si>
+  <si>
+    <t>00:18:33</t>
+  </si>
+  <si>
+    <t>00:16:02</t>
+  </si>
+  <si>
+    <t>00:26:05</t>
+  </si>
+  <si>
+    <t>00:12:22</t>
+  </si>
+  <si>
+    <t>00:22:00</t>
+  </si>
+  <si>
+    <t>00:30:10</t>
+  </si>
+  <si>
+    <t>00:39:40</t>
+  </si>
+  <si>
+    <t>00:21:43</t>
+  </si>
+  <si>
+    <t>00:20:52</t>
+  </si>
+  <si>
+    <t>00:27:01</t>
+  </si>
+  <si>
+    <t>00:27:55</t>
+  </si>
+  <si>
+    <t>00:37:18</t>
+  </si>
+  <si>
+    <t>00:13:37</t>
+  </si>
+  <si>
+    <t>00:22:25</t>
+  </si>
+  <si>
+    <t>00:32:58</t>
+  </si>
+  <si>
+    <t>00:22:23</t>
+  </si>
+  <si>
+    <t>00:20:32</t>
+  </si>
+  <si>
+    <t>00:15:55</t>
+  </si>
+  <si>
+    <t>00:15:34</t>
+  </si>
+  <si>
+    <t>00:21:26</t>
+  </si>
+  <si>
+    <t>00:18:54</t>
+  </si>
+  <si>
+    <t>00:15:54</t>
+  </si>
+  <si>
+    <t>00:21:32</t>
+  </si>
+  <si>
+    <t>00:12:53</t>
+  </si>
+  <si>
+    <t>00:21:40</t>
+  </si>
+  <si>
+    <t>00:27:20</t>
+  </si>
+  <si>
+    <t>00:39:57</t>
+  </si>
+  <si>
+    <t>00:21:54</t>
+  </si>
+  <si>
+    <t>00:21:20</t>
+  </si>
+  <si>
+    <t>00:31:15</t>
+  </si>
+  <si>
+    <t>00:29:22</t>
+  </si>
+  <si>
+    <t>00:33:40</t>
+  </si>
+  <si>
+    <t>00:22:52</t>
+  </si>
+  <si>
+    <t>00:33:53</t>
+  </si>
+  <si>
+    <t>00:16:17</t>
+  </si>
+  <si>
+    <t>00:16:24</t>
+  </si>
+  <si>
+    <t>00:18:56</t>
+  </si>
+  <si>
+    <t>00:18:07</t>
+  </si>
+  <si>
+    <t>00:15:53</t>
+  </si>
+  <si>
+    <t>00:24:45</t>
+  </si>
+  <si>
+    <t>00:35:46</t>
+  </si>
+  <si>
+    <t>00:20:29</t>
+  </si>
+  <si>
+    <t>00:18:09</t>
+  </si>
+  <si>
+    <t>00:24:48</t>
+  </si>
+  <si>
+    <t>00:25:23</t>
+  </si>
+  <si>
     <t>00:19:10</t>
   </si>
   <si>
-    <t>00:25:33</t>
-[...176 lines deleted...]
-    <t>00:22:52</t>
+    <t>00:21:59</t>
+  </si>
+  <si>
+    <t>00:13:20</t>
+  </si>
+  <si>
+    <t>00:25:32</t>
+  </si>
+  <si>
+    <t>00:39:50</t>
+  </si>
+  <si>
+    <t>00:23:18</t>
+  </si>
+  <si>
+    <t>00:20:43</t>
+  </si>
+  <si>
+    <t>00:18:59</t>
+  </si>
+  <si>
+    <t>00:31:39</t>
+  </si>
+  <si>
+    <t>00:41:24</t>
+  </si>
+  <si>
+    <t>DNS</t>
+  </si>
+  <si>
+    <t>00:37:17</t>
+  </si>
+  <si>
+    <t>00:21:05</t>
+  </si>
+  <si>
+    <t>00:25:05</t>
+  </si>
+  <si>
+    <t>DNF</t>
+  </si>
+  <si>
+    <t>00:18:49</t>
+  </si>
+  <si>
+    <t>00:16:25</t>
   </si>
   <si>
     <t>00:21:58</t>
   </si>
   <si>
     <t>00:27:59</t>
   </si>
   <si>
     <t>00:27:03</t>
   </si>
   <si>
-    <t>DNF</t>
-[...1 lines deleted...]
-  <si>
     <t>00:15:13</t>
   </si>
   <si>
     <t>00:19:19</t>
   </si>
   <si>
-    <t>00:21:59</t>
-[...29 lines deleted...]
-    <t>00:25:05</t>
+    <t>00:20:54</t>
+  </si>
+  <si>
+    <t>00:32:04</t>
+  </si>
+  <si>
+    <t>00:30:36</t>
+  </si>
+  <si>
+    <t>00:32:15</t>
+  </si>
+  <si>
+    <t>00:15:49</t>
+  </si>
+  <si>
+    <t>00:16:27</t>
+  </si>
+  <si>
+    <t>00:20:35</t>
+  </si>
+  <si>
+    <t>00:21:12</t>
+  </si>
+  <si>
+    <t>00:22:39</t>
+  </si>
+  <si>
+    <t>00:33:20</t>
+  </si>
+  <si>
+    <t>00:16:31</t>
+  </si>
+  <si>
+    <t>00:16:26</t>
   </si>
   <si>
     <t>00:16:23</t>
   </si>
   <si>
     <t>00:13:32</t>
   </si>
   <si>
     <t>00:18:00</t>
   </si>
   <si>
     <t>00:16:38</t>
   </si>
   <si>
     <t>00:13:05</t>
   </si>
   <si>
     <t>00:22:32</t>
   </si>
   <si>
-    <t>00:20:54</t>
-[...16 lines deleted...]
-  <si>
     <t>Handicap Position (2026)</t>
   </si>
   <si>
     <t>H Factor</t>
   </si>
   <si>
     <t>00:24:17.576</t>
   </si>
   <si>
     <t>00:11:31.068</t>
   </si>
   <si>
     <t>00:20:29.393</t>
   </si>
   <si>
     <t>00:27:59.035</t>
   </si>
   <si>
     <t>00:36:47.792</t>
   </si>
   <si>
     <t>00:20:08.719</t>
   </si>
   <si>
     <t>00:19:12.642</t>
@@ -532,303 +681,417 @@
   <si>
     <t>00:24:52.358</t>
   </si>
   <si>
     <t>00:25:42.073</t>
   </si>
   <si>
     <t>00:36:10.497</t>
   </si>
   <si>
     <t>00:13:12.357</t>
   </si>
   <si>
     <t>00:21:44.432</t>
   </si>
   <si>
     <t>00:31:31.194</t>
   </si>
   <si>
     <t>00:21:24.061</t>
   </si>
   <si>
     <t>00:19:37.932</t>
   </si>
   <si>
+    <t>00:30:25.710</t>
+  </si>
+  <si>
+    <t>00:15:19.595</t>
+  </si>
+  <si>
+    <t>00:14:59.374</t>
+  </si>
+  <si>
+    <t>00:20:55.246</t>
+  </si>
+  <si>
+    <t>00:18:26.881</t>
+  </si>
+  <si>
+    <t>00:15:31.185</t>
+  </si>
+  <si>
     <t>00:24:46.068</t>
   </si>
   <si>
     <t>00:13:02.249</t>
   </si>
   <si>
     <t>00:20:40.454</t>
   </si>
   <si>
     <t>00:28:06.333</t>
   </si>
   <si>
     <t>00:38:38.709</t>
   </si>
   <si>
     <t>00:20:23.398</t>
   </si>
   <si>
     <t>00:22:14.262</t>
   </si>
   <si>
     <t>00:29:54.284</t>
   </si>
   <si>
     <t>00:27:41.854</t>
   </si>
   <si>
     <t>00:35:30.774</t>
   </si>
   <si>
     <t>00:11:30.473</t>
   </si>
   <si>
     <t>00:18:49.686</t>
   </si>
   <si>
     <t>00:31:35.810</t>
   </si>
   <si>
     <t>00:18:36.888</t>
   </si>
   <si>
     <t>00:22:11.866</t>
   </si>
   <si>
+    <t>00:35:06.483</t>
+  </si>
+  <si>
+    <t>00:13:59.971</t>
+  </si>
+  <si>
+    <t>00:20:32.918</t>
+  </si>
+  <si>
+    <t>00:18:46.632</t>
+  </si>
+  <si>
+    <t>00:16:13.782</t>
+  </si>
+  <si>
     <t>00:23:55.705</t>
   </si>
   <si>
     <t>00:12:17.619</t>
   </si>
   <si>
     <t>00:21:52.942</t>
   </si>
   <si>
     <t>00:25:38.862</t>
   </si>
   <si>
     <t>00:37:27.261</t>
   </si>
   <si>
     <t>00:21:42.034</t>
   </si>
   <si>
     <t>00:22:05.852</t>
   </si>
   <si>
     <t>00:30:37.073</t>
   </si>
   <si>
     <t>00:27:26.924</t>
   </si>
   <si>
     <t>00:35:35.724</t>
   </si>
   <si>
     <t>00:14:10.825</t>
   </si>
   <si>
     <t>00:20:29.875</t>
   </si>
   <si>
+    <t>00:28:59.660</t>
+  </si>
+  <si>
+    <t>00:15:22.670</t>
+  </si>
+  <si>
+    <t>00:14:34.911</t>
+  </si>
+  <si>
+    <t>00:20:13.557</t>
+  </si>
+  <si>
+    <t>00:17:58.603</t>
+  </si>
+  <si>
+    <t>00:15:44.679</t>
+  </si>
+  <si>
+    <t>00:21:06.542</t>
+  </si>
+  <si>
+    <t>00:12:37.768</t>
+  </si>
+  <si>
+    <t>00:21:14.384</t>
+  </si>
+  <si>
+    <t>00:27:06.822</t>
+  </si>
+  <si>
+    <t>00:39:37.740</t>
+  </si>
+  <si>
+    <t>00:21:43.442</t>
+  </si>
+  <si>
+    <t>00:21:01.332</t>
+  </si>
+  <si>
+    <t>00:30:47.654</t>
+  </si>
+  <si>
+    <t>00:28:56.302</t>
+  </si>
+  <si>
+    <t>00:33:14.864</t>
+  </si>
+  <si>
+    <t>00:20:02.844</t>
+  </si>
+  <si>
+    <t>00:22:34.927</t>
+  </si>
+  <si>
+    <t>00:33:03.027</t>
+  </si>
+  <si>
+    <t>00:15:52.984</t>
+  </si>
+  <si>
+    <t>00:15:59.812</t>
+  </si>
+  <si>
+    <t>00:18:20.561</t>
+  </si>
+  <si>
+    <t>00:17:33.090</t>
+  </si>
+  <si>
+    <t>00:15:23.270</t>
+  </si>
+  <si>
     <t>00:27:27.855</t>
   </si>
   <si>
     <t>00:39:15.154</t>
   </si>
   <si>
     <t>00:21:14.857</t>
   </si>
   <si>
     <t>00:39:59.265</t>
   </si>
   <si>
     <t>00:13:22.635</t>
   </si>
   <si>
     <t>00:19:01.838</t>
   </si>
   <si>
     <t>00:32:37.469</t>
   </si>
   <si>
     <t>00:20:58.904</t>
   </si>
   <si>
     <t>00:21:07.410</t>
   </si>
   <si>
-    <t>00:21:06.542</t>
-[...32 lines deleted...]
-    <t>00:22:34.927</t>
+    <t>00:30:00.619</t>
+  </si>
+  <si>
+    <t>00:16:21.961</t>
+  </si>
+  <si>
+    <t>00:15:28.594</t>
+  </si>
+  <si>
+    <t>00:18:19.087</t>
+  </si>
+  <si>
+    <t>00:16:29.815</t>
+  </si>
+  <si>
+    <t>00:26:39.696</t>
+  </si>
+  <si>
+    <t>00:34:52.494</t>
+  </si>
+  <si>
+    <t>00:31:12.906</t>
+  </si>
+  <si>
+    <t>00:17:39.109</t>
+  </si>
+  <si>
+    <t>00:21:00.046</t>
+  </si>
+  <si>
+    <t>00:16:04.462</t>
+  </si>
+  <si>
+    <t>00:14:01.448</t>
+  </si>
+  <si>
+    <t>00:21:06.077</t>
+  </si>
+  <si>
+    <t>00:12:47.901</t>
+  </si>
+  <si>
+    <t>00:24:30.531</t>
+  </si>
+  <si>
+    <t>00:25:24.499</t>
+  </si>
+  <si>
+    <t>00:37:27.719</t>
+  </si>
+  <si>
+    <t>00:21:54.774</t>
+  </si>
+  <si>
+    <t>00:19:29.552</t>
+  </si>
+  <si>
+    <t>00:17:51.697</t>
   </si>
   <si>
     <t>00:27:48.164</t>
   </si>
   <si>
     <t>00:40:10.694</t>
   </si>
   <si>
     <t>00:23:00.588</t>
   </si>
   <si>
     <t>00:19:52.379</t>
   </si>
   <si>
     <t>00:27:09.256</t>
   </si>
   <si>
     <t>00:27:47.579</t>
   </si>
   <si>
     <t>00:32:18.171</t>
   </si>
   <si>
     <t>00:21:57.693</t>
   </si>
   <si>
     <t>00:21:00.688</t>
   </si>
   <si>
-    <t>00:26:39.696</t>
-[...13 lines deleted...]
-  <si>
     <t>00:21:40.572</t>
   </si>
   <si>
     <t>00:27:36.798</t>
   </si>
   <si>
     <t>00:26:41.539</t>
   </si>
   <si>
     <t>00:14:55.185</t>
   </si>
   <si>
     <t>00:18:56.385</t>
   </si>
   <si>
-    <t>00:21:06.077</t>
-[...14 lines deleted...]
-    <t>00:21:54.774</t>
+    <t>00:19:56.589</t>
+  </si>
+  <si>
+    <t>00:20:32.438</t>
+  </si>
+  <si>
+    <t>00:21:56.732</t>
+  </si>
+  <si>
+    <t>00:31:21.113</t>
+  </si>
+  <si>
+    <t>00:15:32.091</t>
+  </si>
+  <si>
+    <t>00:15:27.389</t>
+  </si>
+  <si>
+    <t>00:21:14.390</t>
+  </si>
+  <si>
+    <t>00:32:35.284</t>
+  </si>
+  <si>
+    <t>00:31:05.853</t>
+  </si>
+  <si>
+    <t>00:32:10.752</t>
+  </si>
+  <si>
+    <t>00:15:46.916</t>
+  </si>
+  <si>
+    <t>00:16:24.833</t>
   </si>
   <si>
     <t>00:17:14.192</t>
   </si>
   <si>
     <t>00:14:14.287</t>
   </si>
   <si>
     <t>00:18:56.244</t>
   </si>
   <si>
     <t>00:17:45.442</t>
   </si>
   <si>
     <t>00:13:58.048</t>
   </si>
   <si>
     <t>00:24:03.365</t>
-  </si>
-[...16 lines deleted...]
-    <t>00:31:05.853</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.000"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1188,134 +1451,158 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:X15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.14" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="20.566" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:24">
       <c r="A1" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="M1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="N1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="O1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="P1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="Q1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="R1" s="4" t="s">
         <v>11</v>
       </c>
+      <c r="S1" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="T1" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="U1" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="W1" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1" s="4" t="s">
+        <v>13</v>
+      </c>
     </row>
-    <row r="2" spans="1:18">
+    <row r="2" spans="1:24">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="3" t="s">
@@ -1326,804 +1613,1056 @@
       </c>
       <c r="K2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="Q2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="R2" s="3" t="s">
         <v>7</v>
       </c>
+      <c r="S2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="T2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="U2" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="V2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="W2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X2" s="3" t="s">
+        <v>7</v>
+      </c>
     </row>
-    <row r="3" spans="1:18">
+    <row r="3" spans="1:24">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>6</v>
+      </c>
+      <c r="E3" s="1">
+        <v>1</v>
+      </c>
+      <c r="F3" s="1">
+        <v>3</v>
       </c>
       <c r="G3" s="1">
+        <v>1</v>
+      </c>
+      <c r="H3" s="1">
         <v>2</v>
       </c>
-      <c r="H3" s="1">
+      <c r="I3" s="2">
+        <v>4</v>
+      </c>
+      <c r="J3" s="2">
+        <v>4</v>
+      </c>
+      <c r="K3" s="2">
+        <v>4</v>
+      </c>
+      <c r="L3" s="1">
+        <v>2</v>
+      </c>
+      <c r="M3" s="1">
         <v>1</v>
       </c>
-      <c r="I3" s="1">
-[...2 lines deleted...]
-      <c r="J3" s="1">
+      <c r="N3" s="2">
+        <v>4</v>
+      </c>
+      <c r="O3" s="2">
+        <v>4</v>
+      </c>
+      <c r="P3" s="2">
+        <v>14</v>
+      </c>
+      <c r="Q3" s="2">
+        <v>14</v>
+      </c>
+      <c r="R3" s="2">
+        <v>14</v>
+      </c>
+      <c r="S3" s="1">
+        <v>2</v>
+      </c>
+      <c r="T3" s="1">
         <v>1</v>
       </c>
-      <c r="K3" s="1">
+      <c r="U3" s="1">
+        <v>2</v>
+      </c>
+      <c r="V3" s="1">
+        <v>2</v>
+      </c>
+      <c r="W3" s="1">
+        <v>2</v>
+      </c>
+      <c r="X3" s="1">
         <v>1</v>
       </c>
-      <c r="L3" s="1">
-[...19 lines deleted...]
-      </c>
     </row>
-    <row r="4" spans="1:18">
+    <row r="4" spans="1:24">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C4" s="1">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D4" s="2">
         <v>14</v>
       </c>
       <c r="E4" s="2">
         <v>14</v>
       </c>
       <c r="F4" s="2">
         <v>14</v>
       </c>
-      <c r="G4" s="1">
+      <c r="G4" s="2">
         <v>3</v>
       </c>
-      <c r="H4" s="1">
+      <c r="H4" s="2">
         <v>3</v>
       </c>
       <c r="I4" s="1">
         <v>1</v>
       </c>
       <c r="J4" s="2">
         <v>14</v>
       </c>
       <c r="K4" s="2">
         <v>14</v>
       </c>
       <c r="L4" s="2">
         <v>14</v>
       </c>
       <c r="M4" s="1">
         <v>3</v>
       </c>
       <c r="N4" s="1">
         <v>2</v>
       </c>
       <c r="O4" s="1">
         <v>1</v>
       </c>
       <c r="P4" s="1">
         <v>2</v>
       </c>
       <c r="Q4" s="1">
         <v>2</v>
       </c>
       <c r="R4" s="1">
         <v>2</v>
       </c>
+      <c r="S4" s="1">
+        <v>1</v>
+      </c>
+      <c r="T4" s="1">
+        <v>2</v>
+      </c>
+      <c r="U4" s="1">
+        <v>3</v>
+      </c>
+      <c r="V4" s="2">
+        <v>7</v>
+      </c>
+      <c r="W4" s="1">
+        <v>1</v>
+      </c>
+      <c r="X4" s="1">
+        <v>2</v>
+      </c>
     </row>
-    <row r="5" spans="1:18">
+    <row r="5" spans="1:24">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2">
         <v>7</v>
       </c>
       <c r="E5" s="1">
         <v>3</v>
       </c>
       <c r="F5" s="1">
         <v>2</v>
       </c>
       <c r="G5" s="2">
         <v>6</v>
       </c>
       <c r="H5" s="2">
         <v>4</v>
       </c>
       <c r="I5" s="1">
         <v>2</v>
       </c>
       <c r="J5" s="2">
         <v>7</v>
       </c>
       <c r="K5" s="2">
         <v>5</v>
       </c>
       <c r="L5" s="2">
         <v>4</v>
       </c>
       <c r="M5" s="1">
         <v>2</v>
       </c>
       <c r="N5" s="1">
         <v>1</v>
       </c>
       <c r="O5" s="1">
         <v>2</v>
       </c>
       <c r="P5" s="1">
         <v>3</v>
       </c>
       <c r="Q5" s="1">
         <v>1</v>
       </c>
       <c r="R5" s="1">
         <v>4</v>
       </c>
+      <c r="S5" s="2">
+        <v>7</v>
+      </c>
+      <c r="T5" s="2">
+        <v>9</v>
+      </c>
+      <c r="U5" s="1">
+        <v>1</v>
+      </c>
+      <c r="V5" s="1">
+        <v>3</v>
+      </c>
+      <c r="W5" s="1">
+        <v>4</v>
+      </c>
+      <c r="X5" s="2">
+        <v>5</v>
+      </c>
     </row>
-    <row r="6" spans="1:18">
+    <row r="6" spans="1:24">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="D6" s="2">
+        <v>8</v>
+      </c>
+      <c r="E6" s="1">
+        <v>2</v>
+      </c>
+      <c r="F6" s="2">
+        <v>5</v>
+      </c>
+      <c r="G6" s="2">
+        <v>7</v>
+      </c>
+      <c r="H6" s="2">
+        <v>5</v>
+      </c>
+      <c r="I6" s="2">
+        <v>5</v>
+      </c>
+      <c r="J6" s="1">
+        <v>2</v>
+      </c>
+      <c r="K6" s="1">
+        <v>2</v>
+      </c>
+      <c r="L6" s="2">
+        <v>5</v>
+      </c>
+      <c r="M6" s="1">
+        <v>4</v>
+      </c>
+      <c r="N6" s="1">
+        <v>3</v>
+      </c>
+      <c r="O6" s="2">
+        <v>5</v>
+      </c>
+      <c r="P6" s="1">
+        <v>4</v>
+      </c>
+      <c r="Q6" s="2">
         <v>6</v>
       </c>
-      <c r="E6" s="1">
+      <c r="R6" s="1">
+        <v>3</v>
+      </c>
+      <c r="S6" s="1">
+        <v>3</v>
+      </c>
+      <c r="T6" s="1">
+        <v>4</v>
+      </c>
+      <c r="U6" s="1">
+        <v>4</v>
+      </c>
+      <c r="V6" s="2">
+        <v>5</v>
+      </c>
+      <c r="W6" s="1">
+        <v>5</v>
+      </c>
+      <c r="X6" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
+      <c r="A7" s="1">
+        <v>5</v>
+      </c>
+      <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="1">
+        <v>48</v>
+      </c>
+      <c r="D7" s="1">
+        <v>4</v>
+      </c>
+      <c r="E7" s="1">
+        <v>4</v>
+      </c>
+      <c r="F7" s="1">
+        <v>4</v>
+      </c>
+      <c r="G7" s="2">
+        <v>5</v>
+      </c>
+      <c r="H7" s="2">
+        <v>7</v>
+      </c>
+      <c r="I7" s="2">
+        <v>6</v>
+      </c>
+      <c r="J7" s="1">
+        <v>5</v>
+      </c>
+      <c r="K7" s="2">
+        <v>6</v>
+      </c>
+      <c r="L7" s="2">
+        <v>6</v>
+      </c>
+      <c r="M7" s="2">
+        <v>14</v>
+      </c>
+      <c r="N7" s="2">
+        <v>14</v>
+      </c>
+      <c r="O7" s="2">
+        <v>14</v>
+      </c>
+      <c r="P7" s="1">
+        <v>5</v>
+      </c>
+      <c r="Q7" s="1">
+        <v>4</v>
+      </c>
+      <c r="R7" s="1">
+        <v>5</v>
+      </c>
+      <c r="S7" s="2">
+        <v>6</v>
+      </c>
+      <c r="T7" s="1">
+        <v>5</v>
+      </c>
+      <c r="U7" s="1">
+        <v>5</v>
+      </c>
+      <c r="V7" s="1">
         <v>1</v>
       </c>
-      <c r="F6" s="1">
+      <c r="W7" s="1">
         <v>3</v>
       </c>
-      <c r="G6" s="1">
-[...33 lines deleted...]
-        <v>14</v>
+      <c r="X7" s="1">
+        <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:18">
-[...55 lines deleted...]
-    <row r="8" spans="1:18">
+    <row r="8" spans="1:24">
       <c r="A8" s="1">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C8" s="1">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>56</v>
+      </c>
+      <c r="D8" s="2">
+        <v>14</v>
+      </c>
+      <c r="E8" s="2">
+        <v>14</v>
+      </c>
+      <c r="F8" s="2">
+        <v>14</v>
       </c>
       <c r="G8" s="1">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>2</v>
+      </c>
+      <c r="H8" s="1">
+        <v>1</v>
+      </c>
+      <c r="I8" s="1">
+        <v>3</v>
       </c>
       <c r="J8" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>1</v>
+      </c>
+      <c r="K8" s="1">
+        <v>1</v>
       </c>
       <c r="L8" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="M8" s="2">
         <v>14</v>
       </c>
       <c r="N8" s="2">
         <v>14</v>
       </c>
       <c r="O8" s="2">
         <v>14</v>
       </c>
       <c r="P8" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="Q8" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8" s="1">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="S8" s="2">
+        <v>14</v>
+      </c>
+      <c r="T8" s="2">
+        <v>14</v>
+      </c>
+      <c r="U8" s="2">
+        <v>14</v>
+      </c>
+      <c r="V8" s="1">
+        <v>14</v>
+      </c>
+      <c r="W8" s="1">
+        <v>14</v>
+      </c>
+      <c r="X8" s="1">
+        <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:18">
+    <row r="9" spans="1:24">
       <c r="A9" s="1">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>68</v>
-[...19 lines deleted...]
-      <c r="J9" s="1">
+        <v>100</v>
+      </c>
+      <c r="D9" s="1">
+        <v>5</v>
+      </c>
+      <c r="E9" s="1">
         <v>6</v>
       </c>
-      <c r="K9" s="1">
-[...5 lines deleted...]
-      <c r="M9" s="1">
+      <c r="F9" s="1">
+        <v>8</v>
+      </c>
+      <c r="G9" s="1">
+        <v>4</v>
+      </c>
+      <c r="H9" s="1">
         <v>6</v>
       </c>
-      <c r="N9" s="1">
-[...12 lines deleted...]
-        <v>14</v>
+      <c r="I9" s="1">
+        <v>7</v>
+      </c>
+      <c r="J9" s="2">
+        <v>14</v>
+      </c>
+      <c r="K9" s="2">
+        <v>14</v>
+      </c>
+      <c r="L9" s="2">
+        <v>14</v>
+      </c>
+      <c r="M9" s="2">
+        <v>14</v>
+      </c>
+      <c r="N9" s="2">
+        <v>14</v>
+      </c>
+      <c r="O9" s="2">
+        <v>14</v>
+      </c>
+      <c r="P9" s="2">
+        <v>14</v>
+      </c>
+      <c r="Q9" s="2">
+        <v>14</v>
+      </c>
+      <c r="R9" s="2">
+        <v>14</v>
+      </c>
+      <c r="S9" s="1">
+        <v>14</v>
+      </c>
+      <c r="T9" s="1">
+        <v>14</v>
+      </c>
+      <c r="U9" s="1">
+        <v>14</v>
+      </c>
+      <c r="V9" s="1">
+        <v>4</v>
+      </c>
+      <c r="W9" s="1">
+        <v>6</v>
+      </c>
+      <c r="X9" s="1">
+        <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:18">
+    <row r="10" spans="1:24">
       <c r="A10" s="1">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C10" s="1">
-        <v>78</v>
-[...4 lines deleted...]
-      <c r="E10" s="1">
+        <v>106</v>
+      </c>
+      <c r="D10" s="2">
+        <v>14</v>
+      </c>
+      <c r="E10" s="2">
+        <v>14</v>
+      </c>
+      <c r="F10" s="2">
+        <v>14</v>
+      </c>
+      <c r="G10" s="1">
+        <v>8</v>
+      </c>
+      <c r="H10" s="1">
+        <v>8</v>
+      </c>
+      <c r="I10" s="1">
+        <v>9</v>
+      </c>
+      <c r="J10" s="2">
+        <v>14</v>
+      </c>
+      <c r="K10" s="2">
+        <v>14</v>
+      </c>
+      <c r="L10" s="2">
+        <v>14</v>
+      </c>
+      <c r="M10" s="2">
+        <v>14</v>
+      </c>
+      <c r="N10" s="2">
+        <v>14</v>
+      </c>
+      <c r="O10" s="2">
+        <v>14</v>
+      </c>
+      <c r="P10" s="1">
         <v>6</v>
       </c>
-      <c r="F10" s="1">
-[...5 lines deleted...]
-      <c r="H10" s="1">
+      <c r="Q10" s="1">
+        <v>5</v>
+      </c>
+      <c r="R10" s="1">
         <v>6</v>
       </c>
-      <c r="I10" s="1">
+      <c r="S10" s="1">
+        <v>9</v>
+      </c>
+      <c r="T10" s="1">
         <v>7</v>
       </c>
-      <c r="J10" s="2">
-[...23 lines deleted...]
-      <c r="R10" s="1">
+      <c r="U10" s="1">
+        <v>6</v>
+      </c>
+      <c r="V10" s="1">
+        <v>14</v>
+      </c>
+      <c r="W10" s="1">
+        <v>14</v>
+      </c>
+      <c r="X10" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:18">
+    <row r="11" spans="1:24">
       <c r="A11" s="1">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="D11" s="2">
         <v>14</v>
       </c>
       <c r="E11" s="2">
         <v>14</v>
       </c>
       <c r="F11" s="2">
         <v>14</v>
       </c>
-      <c r="G11" s="1">
-[...15 lines deleted...]
-        <v>14</v>
+      <c r="G11" s="2">
+        <v>14</v>
+      </c>
+      <c r="H11" s="2">
+        <v>14</v>
+      </c>
+      <c r="I11" s="2">
+        <v>14</v>
+      </c>
+      <c r="J11" s="1">
+        <v>6</v>
+      </c>
+      <c r="K11" s="1">
+        <v>3</v>
+      </c>
+      <c r="L11" s="1">
+        <v>3</v>
       </c>
       <c r="M11" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="N11" s="1">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="O11" s="1">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>6</v>
+        <v>3</v>
+      </c>
+      <c r="P11" s="2">
+        <v>14</v>
+      </c>
+      <c r="Q11" s="2">
+        <v>14</v>
+      </c>
+      <c r="R11" s="2">
+        <v>14</v>
+      </c>
+      <c r="S11" s="1">
+        <v>14</v>
+      </c>
+      <c r="T11" s="1">
+        <v>14</v>
+      </c>
+      <c r="U11" s="1">
+        <v>14</v>
+      </c>
+      <c r="V11" s="1">
+        <v>14</v>
+      </c>
+      <c r="W11" s="1">
+        <v>14</v>
+      </c>
+      <c r="X11" s="1">
+        <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:18">
+    <row r="12" spans="1:24">
       <c r="A12" s="1">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C12" s="1">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="E12" s="1">
+        <v>116</v>
+      </c>
+      <c r="D12" s="2">
+        <v>14</v>
+      </c>
+      <c r="E12" s="2">
+        <v>14</v>
+      </c>
+      <c r="F12" s="2">
+        <v>14</v>
+      </c>
+      <c r="G12" s="2">
+        <v>14</v>
+      </c>
+      <c r="H12" s="2">
+        <v>14</v>
+      </c>
+      <c r="I12" s="2">
+        <v>14</v>
+      </c>
+      <c r="J12" s="1">
+        <v>3</v>
+      </c>
+      <c r="K12" s="1">
         <v>7</v>
       </c>
-      <c r="F12" s="1">
-[...26 lines deleted...]
-      <c r="O12" s="1">
+      <c r="L12" s="1">
+        <v>7</v>
+      </c>
+      <c r="M12" s="2">
+        <v>14</v>
+      </c>
+      <c r="N12" s="2">
+        <v>14</v>
+      </c>
+      <c r="O12" s="2">
         <v>14</v>
       </c>
       <c r="P12" s="1">
         <v>14</v>
       </c>
       <c r="Q12" s="1">
         <v>14</v>
       </c>
       <c r="R12" s="1">
         <v>14</v>
       </c>
+      <c r="S12" s="1">
+        <v>4</v>
+      </c>
+      <c r="T12" s="1">
+        <v>3</v>
+      </c>
+      <c r="U12" s="1">
+        <v>8</v>
+      </c>
+      <c r="V12" s="1">
+        <v>14</v>
+      </c>
+      <c r="W12" s="1">
+        <v>14</v>
+      </c>
+      <c r="X12" s="1">
+        <v>14</v>
+      </c>
     </row>
-    <row r="13" spans="1:18">
+    <row r="13" spans="1:24">
       <c r="A13" s="1">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C13" s="1">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="D13" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E13" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F13" s="1">
+        <v>7</v>
+      </c>
+      <c r="G13" s="2">
+        <v>14</v>
+      </c>
+      <c r="H13" s="2">
+        <v>14</v>
+      </c>
+      <c r="I13" s="2">
+        <v>14</v>
+      </c>
+      <c r="J13" s="2">
+        <v>14</v>
+      </c>
+      <c r="K13" s="2">
+        <v>14</v>
+      </c>
+      <c r="L13" s="2">
+        <v>14</v>
+      </c>
+      <c r="M13" s="2">
+        <v>14</v>
+      </c>
+      <c r="N13" s="2">
+        <v>14</v>
+      </c>
+      <c r="O13" s="2">
+        <v>14</v>
+      </c>
+      <c r="P13" s="1">
+        <v>14</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>14</v>
+      </c>
+      <c r="R13" s="1">
+        <v>14</v>
+      </c>
+      <c r="S13" s="1">
+        <v>5</v>
+      </c>
+      <c r="T13" s="1">
         <v>6</v>
       </c>
-      <c r="G13" s="2">
-[...32 lines deleted...]
-      <c r="R13" s="1">
+      <c r="U13" s="1">
+        <v>7</v>
+      </c>
+      <c r="V13" s="1">
+        <v>14</v>
+      </c>
+      <c r="W13" s="1">
+        <v>14</v>
+      </c>
+      <c r="X13" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:18">
+    <row r="14" spans="1:24">
       <c r="A14" s="1">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C14" s="1">
-        <v>101</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>135</v>
+      </c>
+      <c r="D14" s="1">
+        <v>1</v>
+      </c>
+      <c r="E14" s="1">
+        <v>7</v>
+      </c>
+      <c r="F14" s="1">
+        <v>1</v>
       </c>
       <c r="G14" s="2">
         <v>14</v>
       </c>
       <c r="H14" s="2">
         <v>14</v>
       </c>
       <c r="I14" s="2">
         <v>14</v>
       </c>
-      <c r="J14" s="1">
-[...14 lines deleted...]
-      <c r="O14" s="1">
+      <c r="J14" s="2">
+        <v>14</v>
+      </c>
+      <c r="K14" s="2">
+        <v>14</v>
+      </c>
+      <c r="L14" s="2">
+        <v>14</v>
+      </c>
+      <c r="M14" s="2">
+        <v>14</v>
+      </c>
+      <c r="N14" s="2">
+        <v>14</v>
+      </c>
+      <c r="O14" s="2">
         <v>14</v>
       </c>
       <c r="P14" s="1">
         <v>14</v>
       </c>
       <c r="Q14" s="1">
         <v>14</v>
       </c>
       <c r="R14" s="1">
         <v>14</v>
       </c>
+      <c r="S14" s="1">
+        <v>14</v>
+      </c>
+      <c r="T14" s="1">
+        <v>14</v>
+      </c>
+      <c r="U14" s="1">
+        <v>14</v>
+      </c>
+      <c r="V14" s="1">
+        <v>14</v>
+      </c>
+      <c r="W14" s="1">
+        <v>14</v>
+      </c>
+      <c r="X14" s="1">
+        <v>14</v>
+      </c>
     </row>
-    <row r="15" spans="1:18">
+    <row r="15" spans="1:24">
       <c r="A15" s="1">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C15" s="1">
-        <v>102</v>
+        <v>139</v>
       </c>
       <c r="D15" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E15" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F15" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G15" s="2">
         <v>14</v>
       </c>
       <c r="H15" s="2">
         <v>14</v>
       </c>
       <c r="I15" s="2">
         <v>14</v>
       </c>
       <c r="J15" s="2">
         <v>14</v>
       </c>
       <c r="K15" s="2">
         <v>14</v>
       </c>
       <c r="L15" s="2">
         <v>14</v>
       </c>
-      <c r="M15" s="1">
-[...5 lines deleted...]
-      <c r="O15" s="1">
+      <c r="M15" s="2">
+        <v>14</v>
+      </c>
+      <c r="N15" s="2">
+        <v>14</v>
+      </c>
+      <c r="O15" s="2">
         <v>14</v>
       </c>
       <c r="P15" s="1">
         <v>14</v>
       </c>
       <c r="Q15" s="1">
         <v>14</v>
       </c>
       <c r="R15" s="1">
+        <v>14</v>
+      </c>
+      <c r="S15" s="1">
+        <v>14</v>
+      </c>
+      <c r="T15" s="1">
+        <v>14</v>
+      </c>
+      <c r="U15" s="1">
+        <v>14</v>
+      </c>
+      <c r="V15" s="1">
+        <v>14</v>
+      </c>
+      <c r="W15" s="1">
+        <v>14</v>
+      </c>
+      <c r="X15" s="1">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AV15"/>
+  <dimension ref="A1:BN15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.14" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -2138,1911 +2677,2589 @@
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:48" customHeight="1" ht="42">
+    <row r="1" spans="1:66" customHeight="1" ht="42">
       <c r="A1" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="4" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="3"/>
       <c r="AK1" s="4" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
       <c r="AN1" s="4" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="AO1" s="3"/>
       <c r="AP1" s="3"/>
       <c r="AQ1" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="AR1" s="3"/>
       <c r="AS1" s="3"/>
       <c r="AT1" s="4" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="AU1" s="3"/>
       <c r="AV1" s="3"/>
+      <c r="AW1" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="AX1" s="3"/>
+      <c r="AY1" s="3"/>
+      <c r="AZ1" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="BA1" s="3"/>
+      <c r="BB1" s="3"/>
+      <c r="BC1" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="BD1" s="3"/>
+      <c r="BE1" s="3"/>
+      <c r="BF1" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="BG1" s="3"/>
+      <c r="BH1" s="3"/>
+      <c r="BI1" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="BJ1" s="3"/>
+      <c r="BK1" s="3"/>
+      <c r="BL1" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="BM1" s="3"/>
+      <c r="BN1" s="3"/>
     </row>
-    <row r="2" spans="1:48">
+    <row r="2" spans="1:66">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="H2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="K2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="L2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="N2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="O2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="Q2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="R2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="S2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="T2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="U2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="V2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="W2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="X2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="Y2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="Z2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AA2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AB2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AC2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AD2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AE2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AF2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AG2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AH2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AI2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AJ2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AK2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AL2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AM2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AN2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AO2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AP2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AQ2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AR2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AS2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AT2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AU2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AV2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
+      </c>
+      <c r="AW2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="AX2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="AY2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="AZ2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BA2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="BC2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BD2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BE2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="BF2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BG2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BH2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="BI2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BJ2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BK2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="BL2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BM2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BN2" s="3" t="s">
+        <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:48">
+    <row r="3" spans="1:66">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2">
-        <v>14</v>
-[...18 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1">
+        <v>1</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" s="1"/>
+      <c r="J3" s="1">
+        <v>3</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" s="1"/>
       <c r="M3" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q3" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="R3" s="1"/>
-      <c r="S3" s="1">
-        <v>3</v>
+      <c r="S3" s="2">
+        <v>4</v>
       </c>
       <c r="T3" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="U3" s="1"/>
-      <c r="V3" s="1">
-        <v>1</v>
+      <c r="V3" s="2">
+        <v>4</v>
       </c>
       <c r="W3" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="X3" s="1"/>
-      <c r="Y3" s="1">
-        <v>1</v>
+      <c r="Y3" s="2">
+        <v>4</v>
       </c>
       <c r="Z3" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1">
+        <v>2</v>
+      </c>
+      <c r="AC3" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD3" s="1"/>
+      <c r="AE3" s="1">
         <v>1</v>
       </c>
-      <c r="AC3" s="1" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="AF3" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG3" s="1"/>
       <c r="AH3" s="2">
-        <v>14</v>
-[...4 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="AI3" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="AJ3" s="1"/>
       <c r="AK3" s="2">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="AN3" s="1">
+        <v>4</v>
+      </c>
+      <c r="AL3" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM3" s="1"/>
+      <c r="AN3" s="2">
+        <v>14</v>
+      </c>
+      <c r="AO3" s="1"/>
+      <c r="AP3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AQ3" s="2">
+        <v>14</v>
+      </c>
+      <c r="AR3" s="1"/>
+      <c r="AS3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AT3" s="2">
+        <v>14</v>
+      </c>
+      <c r="AU3" s="1"/>
+      <c r="AV3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AW3" s="1">
+        <v>2</v>
+      </c>
+      <c r="AX3" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="AY3" s="1"/>
+      <c r="AZ3" s="1">
         <v>1</v>
       </c>
-      <c r="AO3" s="1" t="s">
-[...10 lines deleted...]
-      <c r="AT3" s="1">
+      <c r="BA3" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="BB3" s="1"/>
+      <c r="BC3" s="1">
+        <v>2</v>
+      </c>
+      <c r="BD3" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="BE3" s="1"/>
+      <c r="BF3" s="1">
+        <v>2</v>
+      </c>
+      <c r="BG3" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="BH3" s="1"/>
+      <c r="BI3" s="1">
+        <v>2</v>
+      </c>
+      <c r="BJ3" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="BK3" s="1"/>
+      <c r="BL3" s="1">
         <v>1</v>
       </c>
-      <c r="AU3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AV3" s="1"/>
+      <c r="BM3" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="BN3" s="1"/>
     </row>
-    <row r="4" spans="1:48">
+    <row r="4" spans="1:66">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C4" s="1">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D4" s="2">
         <v>14</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="G4" s="2">
         <v>14</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="J4" s="2">
         <v>14</v>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="M4" s="1">
+        <v>54</v>
+      </c>
+      <c r="M4" s="2">
         <v>3</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="O4" s="1"/>
-      <c r="P4" s="1">
+      <c r="P4" s="2">
         <v>3</v>
       </c>
       <c r="Q4" s="1" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="R4" s="1"/>
       <c r="S4" s="1">
         <v>1</v>
       </c>
       <c r="T4" s="1" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="U4" s="1"/>
       <c r="V4" s="2">
         <v>14</v>
       </c>
       <c r="W4" s="1"/>
       <c r="X4" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="Y4" s="2">
         <v>14</v>
       </c>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AB4" s="2">
         <v>14</v>
       </c>
       <c r="AC4" s="1"/>
       <c r="AD4" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AE4" s="1">
         <v>3</v>
       </c>
       <c r="AF4" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1">
         <v>2</v>
       </c>
       <c r="AI4" s="1" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1">
         <v>1</v>
       </c>
       <c r="AL4" s="1" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="AM4" s="1"/>
       <c r="AN4" s="1">
         <v>2</v>
       </c>
       <c r="AO4" s="1" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="AP4" s="1"/>
       <c r="AQ4" s="1">
         <v>2</v>
       </c>
       <c r="AR4" s="1" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="AS4" s="1"/>
       <c r="AT4" s="1">
         <v>2</v>
       </c>
       <c r="AU4" s="1" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="AV4" s="1"/>
+      <c r="AW4" s="1">
+        <v>1</v>
+      </c>
+      <c r="AX4" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="AY4" s="1"/>
+      <c r="AZ4" s="1">
+        <v>2</v>
+      </c>
+      <c r="BA4" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="BB4" s="1"/>
+      <c r="BC4" s="1">
+        <v>3</v>
+      </c>
+      <c r="BD4" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="BE4" s="1"/>
+      <c r="BF4" s="2">
+        <v>7</v>
+      </c>
+      <c r="BG4" s="1"/>
+      <c r="BH4" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="BI4" s="1">
+        <v>1</v>
+      </c>
+      <c r="BJ4" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="BK4" s="1"/>
+      <c r="BL4" s="1">
+        <v>2</v>
+      </c>
+      <c r="BM4" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="BN4" s="1"/>
     </row>
-    <row r="5" spans="1:48">
+    <row r="5" spans="1:66">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2">
         <v>7</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="1">
         <v>3</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1">
         <v>2</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="L5" s="1"/>
       <c r="M5" s="2">
         <v>6</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="O5" s="1"/>
       <c r="P5" s="2">
         <v>4</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
       <c r="R5" s="1"/>
       <c r="S5" s="1">
         <v>2</v>
       </c>
       <c r="T5" s="1" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="U5" s="1"/>
       <c r="V5" s="2">
         <v>7</v>
       </c>
       <c r="W5" s="1" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="X5" s="1"/>
       <c r="Y5" s="2">
         <v>5</v>
       </c>
       <c r="Z5" s="1" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="AA5" s="1"/>
       <c r="AB5" s="2">
         <v>4</v>
       </c>
       <c r="AC5" s="1" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="AD5" s="1"/>
       <c r="AE5" s="1">
         <v>2</v>
       </c>
       <c r="AF5" s="1" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="AG5" s="1"/>
       <c r="AH5" s="1">
         <v>1</v>
       </c>
       <c r="AI5" s="1" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="AJ5" s="1"/>
       <c r="AK5" s="1">
         <v>2</v>
       </c>
       <c r="AL5" s="1" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="AM5" s="1"/>
       <c r="AN5" s="1">
         <v>3</v>
       </c>
       <c r="AO5" s="1" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="AP5" s="1"/>
       <c r="AQ5" s="1">
         <v>1</v>
       </c>
       <c r="AR5" s="1" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="AS5" s="1"/>
       <c r="AT5" s="1">
         <v>4</v>
       </c>
       <c r="AU5" s="1" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="AV5" s="1"/>
+      <c r="AW5" s="2">
+        <v>7</v>
+      </c>
+      <c r="AX5" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="AY5" s="1"/>
+      <c r="AZ5" s="2">
+        <v>9</v>
+      </c>
+      <c r="BA5" s="1"/>
+      <c r="BB5" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="BC5" s="1">
+        <v>1</v>
+      </c>
+      <c r="BD5" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="BE5" s="1"/>
+      <c r="BF5" s="1">
+        <v>3</v>
+      </c>
+      <c r="BG5" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="BH5" s="1"/>
+      <c r="BI5" s="1">
+        <v>4</v>
+      </c>
+      <c r="BJ5" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="BK5" s="1"/>
+      <c r="BL5" s="2">
+        <v>5</v>
+      </c>
+      <c r="BM5" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="BN5" s="1"/>
     </row>
-    <row r="6" spans="1:48">
+    <row r="6" spans="1:66">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="D6" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="F6" s="1"/>
       <c r="G6" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="I6" s="1"/>
-      <c r="J6" s="1">
-        <v>3</v>
+      <c r="J6" s="2">
+        <v>5</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="L6" s="1"/>
-      <c r="M6" s="1">
-        <v>1</v>
+      <c r="M6" s="2">
+        <v>7</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>78</v>
+        <v>106</v>
       </c>
       <c r="O6" s="1"/>
-      <c r="P6" s="1">
-        <v>2</v>
+      <c r="P6" s="2">
+        <v>5</v>
       </c>
       <c r="Q6" s="1" t="s">
-        <v>69</v>
+        <v>107</v>
       </c>
       <c r="R6" s="1"/>
       <c r="S6" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T6" s="1" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="U6" s="1"/>
-      <c r="V6" s="2">
-        <v>4</v>
+      <c r="V6" s="1">
+        <v>2</v>
       </c>
       <c r="W6" s="1" t="s">
-        <v>80</v>
+        <v>109</v>
       </c>
       <c r="X6" s="1"/>
       <c r="Y6" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z6" s="1" t="s">
-        <v>47</v>
+        <v>110</v>
       </c>
       <c r="AA6" s="1"/>
-      <c r="AB6" s="1">
-        <v>2</v>
+      <c r="AB6" s="2">
+        <v>5</v>
       </c>
       <c r="AC6" s="1" t="s">
-        <v>81</v>
+        <v>111</v>
       </c>
       <c r="AD6" s="1"/>
       <c r="AE6" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AF6" s="1" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="AG6" s="1"/>
       <c r="AH6" s="1">
+        <v>3</v>
+      </c>
+      <c r="AI6" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="AJ6" s="1"/>
+      <c r="AK6" s="2">
+        <v>5</v>
+      </c>
+      <c r="AL6" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="AM6" s="1"/>
+      <c r="AN6" s="1">
         <v>4</v>
       </c>
-      <c r="AI6" s="1" t="s">
-[...3 lines deleted...]
-      <c r="AK6" s="1">
+      <c r="AO6" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AP6" s="1"/>
+      <c r="AQ6" s="2">
+        <v>6</v>
+      </c>
+      <c r="AR6" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="AS6" s="1"/>
+      <c r="AT6" s="1">
+        <v>3</v>
+      </c>
+      <c r="AU6" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="AV6" s="1"/>
+      <c r="AW6" s="1">
+        <v>3</v>
+      </c>
+      <c r="AX6" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="AY6" s="1"/>
+      <c r="AZ6" s="1">
         <v>4</v>
       </c>
-      <c r="AL6" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="BA6" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="BB6" s="1"/>
+      <c r="BC6" s="1">
+        <v>4</v>
+      </c>
+      <c r="BD6" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BE6" s="1"/>
+      <c r="BF6" s="2">
+        <v>5</v>
+      </c>
+      <c r="BG6" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="BH6" s="1"/>
+      <c r="BI6" s="1">
+        <v>5</v>
+      </c>
+      <c r="BJ6" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="BK6" s="1"/>
+      <c r="BL6" s="1">
+        <v>4</v>
+      </c>
+      <c r="BM6" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="BN6" s="1"/>
     </row>
-    <row r="7" spans="1:48">
+    <row r="7" spans="1:66">
       <c r="A7" s="1">
         <v>5</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C7" s="1">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>48</v>
+      </c>
+      <c r="D7" s="1">
+        <v>4</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="I7" s="1"/>
-      <c r="J7" s="2">
-        <v>5</v>
+      <c r="J7" s="1">
+        <v>4</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>87</v>
+        <v>125</v>
       </c>
       <c r="L7" s="1"/>
       <c r="M7" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
       <c r="O7" s="1"/>
       <c r="P7" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Q7" s="1" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="R7" s="1"/>
       <c r="S7" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T7" s="1" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="U7" s="1"/>
       <c r="V7" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W7" s="1" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="X7" s="1"/>
-      <c r="Y7" s="1">
-        <v>2</v>
+      <c r="Y7" s="2">
+        <v>6</v>
       </c>
       <c r="Z7" s="1" t="s">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="1">
-        <v>5</v>
+      <c r="AB7" s="2">
+        <v>6</v>
       </c>
       <c r="AC7" s="1" t="s">
-        <v>93</v>
+        <v>131</v>
       </c>
       <c r="AD7" s="1"/>
-      <c r="AE7" s="1">
+      <c r="AE7" s="2">
+        <v>14</v>
+      </c>
+      <c r="AF7" s="1"/>
+      <c r="AG7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH7" s="2">
+        <v>14</v>
+      </c>
+      <c r="AI7" s="1"/>
+      <c r="AJ7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AK7" s="2">
+        <v>14</v>
+      </c>
+      <c r="AL7" s="1"/>
+      <c r="AM7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AN7" s="1">
+        <v>5</v>
+      </c>
+      <c r="AO7" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="AP7" s="1"/>
+      <c r="AQ7" s="1">
         <v>4</v>
       </c>
-      <c r="AF7" s="1" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="AR7" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AS7" s="1"/>
       <c r="AT7" s="1">
+        <v>5</v>
+      </c>
+      <c r="AU7" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="AV7" s="1"/>
+      <c r="AW7" s="2">
+        <v>6</v>
+      </c>
+      <c r="AX7" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY7" s="1"/>
+      <c r="AZ7" s="1">
+        <v>5</v>
+      </c>
+      <c r="BA7" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="BB7" s="1"/>
+      <c r="BC7" s="1">
+        <v>5</v>
+      </c>
+      <c r="BD7" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="BE7" s="1"/>
+      <c r="BF7" s="1">
+        <v>1</v>
+      </c>
+      <c r="BG7" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="BH7" s="1"/>
+      <c r="BI7" s="1">
         <v>3</v>
       </c>
-      <c r="AU7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AV7" s="1"/>
+      <c r="BJ7" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="BK7" s="1"/>
+      <c r="BL7" s="1">
+        <v>3</v>
+      </c>
+      <c r="BM7" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="BN7" s="1"/>
     </row>
-    <row r="8" spans="1:48">
+    <row r="8" spans="1:66">
       <c r="A8" s="1">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C8" s="1">
-        <v>42</v>
-[...21 lines deleted...]
-      <c r="L8" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="D8" s="2">
+        <v>14</v>
+      </c>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" s="2">
+        <v>14</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J8" s="2">
+        <v>14</v>
+      </c>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="M8" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="O8" s="1"/>
-      <c r="P8" s="2">
-        <v>7</v>
+      <c r="P8" s="1">
+        <v>1</v>
       </c>
       <c r="Q8" s="1" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
       <c r="R8" s="1"/>
-      <c r="S8" s="2">
-        <v>6</v>
+      <c r="S8" s="1">
+        <v>3</v>
       </c>
       <c r="T8" s="1" t="s">
-        <v>105</v>
+        <v>142</v>
       </c>
       <c r="U8" s="1"/>
       <c r="V8" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="W8" s="1" t="s">
-        <v>106</v>
+        <v>143</v>
       </c>
       <c r="X8" s="1"/>
-      <c r="Y8" s="2">
-        <v>6</v>
+      <c r="Y8" s="1">
+        <v>1</v>
       </c>
       <c r="Z8" s="1" t="s">
-        <v>107</v>
+        <v>144</v>
       </c>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="AC8" s="1" t="s">
-        <v>108</v>
+        <v>145</v>
       </c>
       <c r="AD8" s="1"/>
       <c r="AE8" s="2">
         <v>14</v>
       </c>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AH8" s="2">
         <v>14</v>
       </c>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AK8" s="2">
         <v>14</v>
       </c>
       <c r="AL8" s="1"/>
       <c r="AM8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AN8" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="AO8" s="1" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="AP8" s="1"/>
       <c r="AQ8" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AR8" s="1" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="AS8" s="1"/>
       <c r="AT8" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="AU8" s="1" t="s">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="AV8" s="1"/>
+      <c r="AW8" s="2">
+        <v>14</v>
+      </c>
+      <c r="AX8" s="1"/>
+      <c r="AY8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AZ8" s="2">
+        <v>14</v>
+      </c>
+      <c r="BA8" s="1"/>
+      <c r="BB8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BC8" s="2">
+        <v>14</v>
+      </c>
+      <c r="BD8" s="1"/>
+      <c r="BE8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BF8" s="1">
+        <v>14</v>
+      </c>
+      <c r="BG8" s="1"/>
+      <c r="BH8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI8" s="1">
+        <v>14</v>
+      </c>
+      <c r="BJ8" s="1"/>
+      <c r="BK8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL8" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM8" s="1"/>
+      <c r="BN8" s="1" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="9" spans="1:48">
+    <row r="9" spans="1:66">
       <c r="A9" s="1">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>68</v>
-[...43 lines deleted...]
-      <c r="V9" s="1">
+        <v>100</v>
+      </c>
+      <c r="D9" s="1">
+        <v>5</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1">
         <v>6</v>
       </c>
-      <c r="W9" s="1" t="s">
-[...17 lines deleted...]
-      <c r="AE9" s="1">
+      <c r="H9" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1">
+        <v>8</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1">
+        <v>4</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1">
         <v>6</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1">
+        <v>7</v>
+      </c>
+      <c r="T9" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="U9" s="1"/>
+      <c r="V9" s="2">
+        <v>14</v>
+      </c>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y9" s="2">
+        <v>14</v>
+      </c>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB9" s="2">
+        <v>14</v>
+      </c>
+      <c r="AC9" s="1"/>
+      <c r="AD9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AE9" s="2">
+        <v>14</v>
       </c>
       <c r="AF9" s="1"/>
       <c r="AG9" s="1" t="s">
-        <v>115</v>
-[...15 lines deleted...]
-      <c r="AN9" s="1">
+        <v>54</v>
+      </c>
+      <c r="AH9" s="2">
+        <v>14</v>
+      </c>
+      <c r="AI9" s="1"/>
+      <c r="AJ9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AK9" s="2">
+        <v>14</v>
+      </c>
+      <c r="AL9" s="1"/>
+      <c r="AM9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AN9" s="2">
         <v>14</v>
       </c>
       <c r="AO9" s="1"/>
       <c r="AP9" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AQ9" s="1">
+        <v>54</v>
+      </c>
+      <c r="AQ9" s="2">
         <v>14</v>
       </c>
       <c r="AR9" s="1"/>
       <c r="AS9" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AT9" s="1">
+        <v>54</v>
+      </c>
+      <c r="AT9" s="2">
         <v>14</v>
       </c>
       <c r="AU9" s="1"/>
       <c r="AV9" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="AW9" s="1">
+        <v>14</v>
+      </c>
+      <c r="AX9" s="1"/>
+      <c r="AY9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AZ9" s="1">
+        <v>14</v>
+      </c>
+      <c r="BA9" s="1"/>
+      <c r="BB9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BC9" s="1">
+        <v>14</v>
+      </c>
+      <c r="BD9" s="1"/>
+      <c r="BE9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BF9" s="1">
+        <v>4</v>
+      </c>
+      <c r="BG9" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="BH9" s="1"/>
+      <c r="BI9" s="1">
+        <v>6</v>
+      </c>
+      <c r="BJ9" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="BK9" s="1"/>
+      <c r="BL9" s="1">
+        <v>12</v>
+      </c>
+      <c r="BM9" s="1"/>
+      <c r="BN9" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="10" spans="1:48">
+    <row r="10" spans="1:66">
       <c r="A10" s="1">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C10" s="1">
-        <v>78</v>
-[...15 lines deleted...]
-      <c r="J10" s="1">
+        <v>106</v>
+      </c>
+      <c r="D10" s="2">
+        <v>14</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" s="2">
+        <v>14</v>
+      </c>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J10" s="2">
+        <v>14</v>
+      </c>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M10" s="1">
         <v>8</v>
       </c>
-      <c r="K10" s="1" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N10" s="1" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="O10" s="1"/>
       <c r="P10" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>121</v>
+        <v>155</v>
       </c>
       <c r="R10" s="1"/>
       <c r="S10" s="1">
-        <v>7</v>
-[...4 lines deleted...]
-      <c r="U10" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1" t="s">
+        <v>156</v>
+      </c>
       <c r="V10" s="2">
         <v>14</v>
       </c>
       <c r="W10" s="1"/>
       <c r="X10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="Y10" s="2">
         <v>14</v>
       </c>
       <c r="Z10" s="1"/>
       <c r="AA10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AB10" s="2">
         <v>14</v>
       </c>
       <c r="AC10" s="1"/>
       <c r="AD10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AE10" s="2">
         <v>14</v>
       </c>
       <c r="AF10" s="1"/>
       <c r="AG10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AH10" s="2">
         <v>14</v>
       </c>
       <c r="AI10" s="1"/>
       <c r="AJ10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AK10" s="2">
         <v>14</v>
       </c>
       <c r="AL10" s="1"/>
       <c r="AM10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AN10" s="1">
-        <v>14</v>
-[...4 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="AO10" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="AP10" s="1"/>
       <c r="AQ10" s="1">
-        <v>14</v>
-[...4 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="AR10" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AS10" s="1"/>
       <c r="AT10" s="1">
-        <v>14</v>
-[...3 lines deleted...]
-        <v>28</v>
+        <v>6</v>
+      </c>
+      <c r="AU10" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="AV10" s="1"/>
+      <c r="AW10" s="1">
+        <v>9</v>
+      </c>
+      <c r="AX10" s="1"/>
+      <c r="AY10" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="AZ10" s="1">
+        <v>7</v>
+      </c>
+      <c r="BA10" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB10" s="1"/>
+      <c r="BC10" s="1">
+        <v>6</v>
+      </c>
+      <c r="BD10" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="BE10" s="1"/>
+      <c r="BF10" s="1">
+        <v>14</v>
+      </c>
+      <c r="BG10" s="1"/>
+      <c r="BH10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI10" s="1">
+        <v>14</v>
+      </c>
+      <c r="BJ10" s="1"/>
+      <c r="BK10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL10" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM10" s="1"/>
+      <c r="BN10" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="11" spans="1:48">
+    <row r="11" spans="1:66">
       <c r="A11" s="1">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="D11" s="2">
         <v>14</v>
       </c>
       <c r="E11" s="1"/>
       <c r="F11" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="G11" s="2">
         <v>14</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="J11" s="2">
         <v>14</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1" t="s">
-        <v>28</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>54</v>
+      </c>
+      <c r="M11" s="2">
+        <v>14</v>
+      </c>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="P11" s="2">
+        <v>14</v>
+      </c>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="S11" s="2">
+        <v>14</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1" t="s">
-        <v>125</v>
-[...21 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="V11" s="1">
+        <v>6</v>
+      </c>
+      <c r="W11" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1">
+        <v>3</v>
+      </c>
+      <c r="Z11" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1">
+        <v>3</v>
+      </c>
+      <c r="AC11" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD11" s="1"/>
       <c r="AE11" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="AH11" s="1">
-        <v>14</v>
-[...4 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="AI11" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="AJ11" s="1"/>
       <c r="AK11" s="1">
-        <v>14</v>
-[...25 lines deleted...]
-      <c r="AV11" s="1"/>
+        <v>3</v>
+      </c>
+      <c r="AL11" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="AM11" s="1"/>
+      <c r="AN11" s="2">
+        <v>14</v>
+      </c>
+      <c r="AO11" s="1"/>
+      <c r="AP11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AQ11" s="2">
+        <v>14</v>
+      </c>
+      <c r="AR11" s="1"/>
+      <c r="AS11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AT11" s="2">
+        <v>14</v>
+      </c>
+      <c r="AU11" s="1"/>
+      <c r="AV11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AW11" s="1">
+        <v>14</v>
+      </c>
+      <c r="AX11" s="1"/>
+      <c r="AY11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AZ11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BA11" s="1"/>
+      <c r="BB11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BC11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BD11" s="1"/>
+      <c r="BE11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BF11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BG11" s="1"/>
+      <c r="BH11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BJ11" s="1"/>
+      <c r="BK11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM11" s="1"/>
+      <c r="BN11" s="1" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="12" spans="1:48">
+    <row r="12" spans="1:66">
       <c r="A12" s="1">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C12" s="1">
-        <v>93</v>
-[...21 lines deleted...]
-      <c r="L12" s="1"/>
+        <v>116</v>
+      </c>
+      <c r="D12" s="2">
+        <v>14</v>
+      </c>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="2">
+        <v>14</v>
+      </c>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J12" s="2">
+        <v>14</v>
+      </c>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="M12" s="2">
         <v>14</v>
       </c>
       <c r="N12" s="1"/>
       <c r="O12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="P12" s="2">
         <v>14</v>
       </c>
       <c r="Q12" s="1"/>
       <c r="R12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="S12" s="2">
         <v>14</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1" t="s">
-        <v>28</v>
-[...22 lines deleted...]
-      <c r="AE12" s="1">
+        <v>54</v>
+      </c>
+      <c r="V12" s="1">
+        <v>3</v>
+      </c>
+      <c r="W12" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="X12" s="1"/>
+      <c r="Y12" s="1">
+        <v>7</v>
+      </c>
+      <c r="Z12" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="AA12" s="1"/>
+      <c r="AB12" s="1">
+        <v>7</v>
+      </c>
+      <c r="AC12" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="AD12" s="1"/>
+      <c r="AE12" s="2">
         <v>14</v>
       </c>
       <c r="AF12" s="1"/>
       <c r="AG12" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AH12" s="1">
+        <v>54</v>
+      </c>
+      <c r="AH12" s="2">
         <v>14</v>
       </c>
       <c r="AI12" s="1"/>
       <c r="AJ12" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AK12" s="1">
+        <v>54</v>
+      </c>
+      <c r="AK12" s="2">
         <v>14</v>
       </c>
       <c r="AL12" s="1"/>
       <c r="AM12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AN12" s="1">
         <v>14</v>
       </c>
       <c r="AO12" s="1"/>
       <c r="AP12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AQ12" s="1">
         <v>14</v>
       </c>
       <c r="AR12" s="1"/>
       <c r="AS12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AT12" s="1">
         <v>14</v>
       </c>
       <c r="AU12" s="1"/>
       <c r="AV12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="AW12" s="1">
+        <v>4</v>
+      </c>
+      <c r="AX12" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="AY12" s="1"/>
+      <c r="AZ12" s="1">
+        <v>3</v>
+      </c>
+      <c r="BA12" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="BB12" s="1"/>
+      <c r="BC12" s="1">
+        <v>8</v>
+      </c>
+      <c r="BD12" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="BE12" s="1"/>
+      <c r="BF12" s="1">
+        <v>14</v>
+      </c>
+      <c r="BG12" s="1"/>
+      <c r="BH12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI12" s="1">
+        <v>14</v>
+      </c>
+      <c r="BJ12" s="1"/>
+      <c r="BK12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL12" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM12" s="1"/>
+      <c r="BN12" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="13" spans="1:48">
+    <row r="13" spans="1:66">
       <c r="A13" s="1">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C13" s="1">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="D13" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>133</v>
+        <v>175</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="L13" s="1"/>
       <c r="M13" s="2">
         <v>14</v>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="P13" s="2">
         <v>14</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="S13" s="2">
         <v>14</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="V13" s="2">
         <v>14</v>
       </c>
       <c r="W13" s="1"/>
       <c r="X13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="Y13" s="2">
         <v>14</v>
       </c>
       <c r="Z13" s="1"/>
       <c r="AA13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AB13" s="2">
         <v>14</v>
       </c>
       <c r="AC13" s="1"/>
       <c r="AD13" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AE13" s="1">
+        <v>54</v>
+      </c>
+      <c r="AE13" s="2">
         <v>14</v>
       </c>
       <c r="AF13" s="1"/>
       <c r="AG13" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AH13" s="1">
+        <v>54</v>
+      </c>
+      <c r="AH13" s="2">
         <v>14</v>
       </c>
       <c r="AI13" s="1"/>
       <c r="AJ13" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AK13" s="1">
+        <v>54</v>
+      </c>
+      <c r="AK13" s="2">
         <v>14</v>
       </c>
       <c r="AL13" s="1"/>
       <c r="AM13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AN13" s="1">
         <v>14</v>
       </c>
       <c r="AO13" s="1"/>
       <c r="AP13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AQ13" s="1">
         <v>14</v>
       </c>
       <c r="AR13" s="1"/>
       <c r="AS13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AT13" s="1">
         <v>14</v>
       </c>
       <c r="AU13" s="1"/>
       <c r="AV13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="AW13" s="1">
+        <v>5</v>
+      </c>
+      <c r="AX13" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY13" s="1"/>
+      <c r="AZ13" s="1">
+        <v>6</v>
+      </c>
+      <c r="BA13" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="BB13" s="1"/>
+      <c r="BC13" s="1">
+        <v>7</v>
+      </c>
+      <c r="BD13" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="BE13" s="1"/>
+      <c r="BF13" s="1">
+        <v>14</v>
+      </c>
+      <c r="BG13" s="1"/>
+      <c r="BH13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI13" s="1">
+        <v>14</v>
+      </c>
+      <c r="BJ13" s="1"/>
+      <c r="BK13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL13" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM13" s="1"/>
+      <c r="BN13" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="14" spans="1:48">
+    <row r="14" spans="1:66">
       <c r="A14" s="1">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C14" s="1">
-        <v>101</v>
-[...21 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D14" s="1">
+        <v>1</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <v>7</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1">
+        <v>1</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="L14" s="1"/>
       <c r="M14" s="2">
         <v>14</v>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="P14" s="2">
         <v>14</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="S14" s="2">
         <v>14</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1" t="s">
-        <v>28</v>
-[...22 lines deleted...]
-      <c r="AE14" s="1">
+        <v>54</v>
+      </c>
+      <c r="V14" s="2">
+        <v>14</v>
+      </c>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y14" s="2">
+        <v>14</v>
+      </c>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB14" s="2">
+        <v>14</v>
+      </c>
+      <c r="AC14" s="1"/>
+      <c r="AD14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AE14" s="2">
         <v>14</v>
       </c>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AH14" s="1">
+        <v>54</v>
+      </c>
+      <c r="AH14" s="2">
         <v>14</v>
       </c>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AK14" s="1">
+        <v>54</v>
+      </c>
+      <c r="AK14" s="2">
         <v>14</v>
       </c>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AN14" s="1">
         <v>14</v>
       </c>
       <c r="AO14" s="1"/>
       <c r="AP14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AQ14" s="1">
         <v>14</v>
       </c>
       <c r="AR14" s="1"/>
       <c r="AS14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AT14" s="1">
         <v>14</v>
       </c>
       <c r="AU14" s="1"/>
       <c r="AV14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="AW14" s="1">
+        <v>14</v>
+      </c>
+      <c r="AX14" s="1"/>
+      <c r="AY14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AZ14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BA14" s="1"/>
+      <c r="BB14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BC14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BD14" s="1"/>
+      <c r="BE14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BF14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BG14" s="1"/>
+      <c r="BH14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BJ14" s="1"/>
+      <c r="BK14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM14" s="1"/>
+      <c r="BN14" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="15" spans="1:48">
+    <row r="15" spans="1:66">
       <c r="A15" s="1">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C15" s="1">
-        <v>102</v>
+        <v>139</v>
       </c>
       <c r="D15" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>138</v>
+        <v>183</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>139</v>
+        <v>184</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>140</v>
+        <v>185</v>
       </c>
       <c r="L15" s="1"/>
       <c r="M15" s="2">
         <v>14</v>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="P15" s="2">
         <v>14</v>
       </c>
       <c r="Q15" s="1"/>
       <c r="R15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="S15" s="2">
         <v>14</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="V15" s="2">
         <v>14</v>
       </c>
       <c r="W15" s="1"/>
       <c r="X15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="Y15" s="2">
         <v>14</v>
       </c>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AB15" s="2">
         <v>14</v>
       </c>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AE15" s="1">
+        <v>54</v>
+      </c>
+      <c r="AE15" s="2">
         <v>14</v>
       </c>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AH15" s="1">
+        <v>54</v>
+      </c>
+      <c r="AH15" s="2">
         <v>14</v>
       </c>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AK15" s="1">
+        <v>54</v>
+      </c>
+      <c r="AK15" s="2">
         <v>14</v>
       </c>
       <c r="AL15" s="1"/>
       <c r="AM15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AN15" s="1">
         <v>14</v>
       </c>
       <c r="AO15" s="1"/>
       <c r="AP15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AQ15" s="1">
         <v>14</v>
       </c>
       <c r="AR15" s="1"/>
       <c r="AS15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AT15" s="1">
         <v>14</v>
       </c>
       <c r="AU15" s="1"/>
       <c r="AV15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="AW15" s="1">
+        <v>14</v>
+      </c>
+      <c r="AX15" s="1"/>
+      <c r="AY15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AZ15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BA15" s="1"/>
+      <c r="BB15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BC15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BD15" s="1"/>
+      <c r="BE15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BF15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BG15" s="1"/>
+      <c r="BH15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BI15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BJ15" s="1"/>
+      <c r="BK15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM15" s="1"/>
+      <c r="BN15" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:I1"/>
     <mergeCell ref="J1:L1"/>
     <mergeCell ref="M1:O1"/>
     <mergeCell ref="P1:R1"/>
     <mergeCell ref="S1:U1"/>
     <mergeCell ref="V1:X1"/>
     <mergeCell ref="Y1:AA1"/>
     <mergeCell ref="AB1:AD1"/>
     <mergeCell ref="AE1:AG1"/>
     <mergeCell ref="AH1:AJ1"/>
     <mergeCell ref="AK1:AM1"/>
     <mergeCell ref="AN1:AP1"/>
     <mergeCell ref="AQ1:AS1"/>
     <mergeCell ref="AT1:AV1"/>
+    <mergeCell ref="AW1:AY1"/>
+    <mergeCell ref="AZ1:BB1"/>
+    <mergeCell ref="BC1:BE1"/>
+    <mergeCell ref="BF1:BH1"/>
+    <mergeCell ref="BI1:BK1"/>
+    <mergeCell ref="BL1:BN1"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:X15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.14" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.281" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="20.566" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="20.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="20.566" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:24">
       <c r="A1" s="5" t="s">
-        <v>141</v>
+        <v>186</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="M1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="N1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="O1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="P1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="Q1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="R1" s="4" t="s">
         <v>11</v>
       </c>
+      <c r="S1" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="T1" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="U1" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="W1" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1" s="4" t="s">
+        <v>13</v>
+      </c>
     </row>
-    <row r="2" spans="1:18">
+    <row r="2" spans="1:24">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="3" t="s">
@@ -4053,804 +5270,1056 @@
       </c>
       <c r="K2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="Q2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="R2" s="3" t="s">
         <v>7</v>
       </c>
+      <c r="S2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="T2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="U2" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="V2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="W2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="X2" s="3" t="s">
+        <v>7</v>
+      </c>
     </row>
-    <row r="3" spans="1:18">
+    <row r="3" spans="1:24">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" s="1">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D3" s="2">
         <v>7</v>
       </c>
       <c r="E3" s="1">
         <v>1</v>
       </c>
-      <c r="F3" s="2">
+      <c r="F3" s="1">
         <v>2</v>
       </c>
       <c r="G3" s="2">
         <v>7</v>
       </c>
       <c r="H3" s="1">
         <v>2</v>
       </c>
       <c r="I3" s="1">
         <v>1</v>
       </c>
       <c r="J3" s="1">
         <v>1</v>
       </c>
       <c r="K3" s="1">
         <v>1</v>
       </c>
       <c r="L3" s="1">
         <v>1</v>
       </c>
       <c r="M3" s="2">
         <v>3</v>
       </c>
       <c r="N3" s="1">
         <v>2</v>
       </c>
       <c r="O3" s="2">
         <v>5</v>
       </c>
       <c r="P3" s="1">
         <v>2</v>
       </c>
       <c r="Q3" s="2">
         <v>5</v>
       </c>
       <c r="R3" s="1">
         <v>1</v>
       </c>
+      <c r="S3" s="2">
+        <v>3</v>
+      </c>
+      <c r="T3" s="1">
+        <v>1</v>
+      </c>
+      <c r="U3" s="2">
+        <v>4</v>
+      </c>
+      <c r="V3" s="2">
+        <v>5</v>
+      </c>
+      <c r="W3" s="2">
+        <v>5</v>
+      </c>
+      <c r="X3" s="1">
+        <v>2</v>
+      </c>
     </row>
-    <row r="4" spans="1:18">
+    <row r="4" spans="1:24">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C4" s="1">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D4" s="2">
         <v>8</v>
       </c>
       <c r="E4" s="2">
         <v>5</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
       <c r="G4" s="2">
         <v>8</v>
       </c>
       <c r="H4" s="2">
         <v>5</v>
       </c>
       <c r="I4" s="1">
         <v>2</v>
       </c>
       <c r="J4" s="2">
         <v>7</v>
       </c>
       <c r="K4" s="1">
         <v>4</v>
       </c>
       <c r="L4" s="1">
         <v>4</v>
       </c>
       <c r="M4" s="1">
         <v>1</v>
       </c>
       <c r="N4" s="1">
         <v>1</v>
       </c>
       <c r="O4" s="1">
         <v>1</v>
       </c>
       <c r="P4" s="1">
         <v>3</v>
       </c>
       <c r="Q4" s="1">
         <v>2</v>
       </c>
       <c r="R4" s="2">
         <v>5</v>
       </c>
+      <c r="S4" s="2">
+        <v>7</v>
+      </c>
+      <c r="T4" s="2">
+        <v>9</v>
+      </c>
+      <c r="U4" s="1">
+        <v>1</v>
+      </c>
+      <c r="V4" s="1">
+        <v>4</v>
+      </c>
+      <c r="W4" s="2">
+        <v>6</v>
+      </c>
+      <c r="X4" s="1">
+        <v>4</v>
+      </c>
     </row>
-    <row r="5" spans="1:18">
+    <row r="5" spans="1:24">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="C5" s="1">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D5" s="2">
         <v>6</v>
       </c>
       <c r="E5" s="1">
         <v>2</v>
       </c>
       <c r="F5" s="2">
         <v>5</v>
       </c>
       <c r="G5" s="1">
         <v>2</v>
       </c>
       <c r="H5" s="1">
         <v>3</v>
       </c>
-      <c r="I5" s="1">
+      <c r="I5" s="2">
         <v>4</v>
       </c>
       <c r="J5" s="2">
         <v>6</v>
       </c>
-      <c r="K5" s="1">
+      <c r="K5" s="2">
         <v>5</v>
       </c>
       <c r="L5" s="1">
         <v>3</v>
       </c>
       <c r="M5" s="1">
         <v>2</v>
       </c>
-      <c r="N5" s="1">
+      <c r="N5" s="2">
         <v>4</v>
       </c>
       <c r="O5" s="1">
         <v>4</v>
       </c>
       <c r="P5" s="2">
         <v>14</v>
       </c>
       <c r="Q5" s="2">
         <v>14</v>
       </c>
       <c r="R5" s="2">
         <v>14</v>
       </c>
+      <c r="S5" s="1">
+        <v>1</v>
+      </c>
+      <c r="T5" s="1">
+        <v>2</v>
+      </c>
+      <c r="U5" s="1">
+        <v>3</v>
+      </c>
+      <c r="V5" s="1">
+        <v>3</v>
+      </c>
+      <c r="W5" s="1">
+        <v>3</v>
+      </c>
+      <c r="X5" s="1">
+        <v>3</v>
+      </c>
     </row>
-    <row r="6" spans="1:18">
+    <row r="6" spans="1:24">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C6" s="1">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>41</v>
+      </c>
+      <c r="D6" s="1">
+        <v>5</v>
+      </c>
+      <c r="E6" s="1">
+        <v>3</v>
+      </c>
+      <c r="F6" s="1">
+        <v>4</v>
       </c>
       <c r="G6" s="1">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="H6" s="1">
+        <v>4</v>
+      </c>
+      <c r="H6" s="2">
+        <v>7</v>
+      </c>
+      <c r="I6" s="1">
+        <v>5</v>
+      </c>
+      <c r="J6" s="1">
+        <v>3</v>
+      </c>
+      <c r="K6" s="2">
         <v>6</v>
       </c>
-      <c r="I6" s="1">
+      <c r="L6" s="2">
+        <v>6</v>
+      </c>
+      <c r="M6" s="2">
+        <v>14</v>
+      </c>
+      <c r="N6" s="2">
+        <v>14</v>
+      </c>
+      <c r="O6" s="2">
+        <v>14</v>
+      </c>
+      <c r="P6" s="2">
+        <v>6</v>
+      </c>
+      <c r="Q6" s="1">
         <v>3</v>
       </c>
-      <c r="J6" s="2">
-[...8 lines deleted...]
-      <c r="M6" s="1">
+      <c r="R6" s="2">
+        <v>6</v>
+      </c>
+      <c r="S6" s="1">
+        <v>6</v>
+      </c>
+      <c r="T6" s="1">
+        <v>5</v>
+      </c>
+      <c r="U6" s="2">
+        <v>7</v>
+      </c>
+      <c r="V6" s="1">
+        <v>1</v>
+      </c>
+      <c r="W6" s="1">
+        <v>1</v>
+      </c>
+      <c r="X6" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
+      <c r="A7" s="1">
+        <v>5</v>
+      </c>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="1">
+        <v>48</v>
+      </c>
+      <c r="D7" s="2">
+        <v>14</v>
+      </c>
+      <c r="E7" s="2">
+        <v>14</v>
+      </c>
+      <c r="F7" s="2">
+        <v>14</v>
+      </c>
+      <c r="G7" s="1">
+        <v>5</v>
+      </c>
+      <c r="H7" s="2">
+        <v>6</v>
+      </c>
+      <c r="I7" s="1">
+        <v>3</v>
+      </c>
+      <c r="J7" s="2">
+        <v>14</v>
+      </c>
+      <c r="K7" s="2">
+        <v>14</v>
+      </c>
+      <c r="L7" s="2">
+        <v>14</v>
+      </c>
+      <c r="M7" s="1">
         <v>4</v>
       </c>
-      <c r="N6" s="1">
+      <c r="N7" s="1">
         <v>3</v>
       </c>
-      <c r="O6" s="1">
+      <c r="O7" s="1">
         <v>3</v>
       </c>
-      <c r="P6" s="1">
-[...2 lines deleted...]
-      <c r="Q6" s="1">
+      <c r="P7" s="1">
+        <v>5</v>
+      </c>
+      <c r="Q7" s="1">
         <v>4</v>
       </c>
-      <c r="R6" s="1">
+      <c r="R7" s="1">
         <v>4</v>
       </c>
+      <c r="S7" s="1">
+        <v>2</v>
+      </c>
+      <c r="T7" s="2">
+        <v>7</v>
+      </c>
+      <c r="U7" s="1">
+        <v>6</v>
+      </c>
+      <c r="V7" s="2">
+        <v>7</v>
+      </c>
+      <c r="W7" s="1">
+        <v>4</v>
+      </c>
+      <c r="X7" s="1">
+        <v>5</v>
+      </c>
     </row>
-    <row r="7" spans="1:18">
-[...55 lines deleted...]
-    <row r="8" spans="1:18">
+    <row r="8" spans="1:24">
       <c r="A8" s="1">
         <v>6</v>
       </c>
       <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="1">
+        <v>76</v>
+      </c>
+      <c r="D8" s="2">
+        <v>14</v>
+      </c>
+      <c r="E8" s="2">
+        <v>14</v>
+      </c>
+      <c r="F8" s="2">
+        <v>14</v>
+      </c>
+      <c r="G8" s="1">
         <v>3</v>
       </c>
-      <c r="C8" s="1">
-[...11 lines deleted...]
-      <c r="G8" s="1">
+      <c r="H8" s="1">
+        <v>1</v>
+      </c>
+      <c r="I8" s="1">
+        <v>9</v>
+      </c>
+      <c r="J8" s="2">
+        <v>14</v>
+      </c>
+      <c r="K8" s="2">
+        <v>14</v>
+      </c>
+      <c r="L8" s="2">
+        <v>14</v>
+      </c>
+      <c r="M8" s="2">
+        <v>14</v>
+      </c>
+      <c r="N8" s="2">
+        <v>14</v>
+      </c>
+      <c r="O8" s="2">
+        <v>14</v>
+      </c>
+      <c r="P8" s="1">
+        <v>1</v>
+      </c>
+      <c r="Q8" s="1">
+        <v>1</v>
+      </c>
+      <c r="R8" s="1">
+        <v>2</v>
+      </c>
+      <c r="S8" s="1">
+        <v>9</v>
+      </c>
+      <c r="T8" s="1">
         <v>6</v>
       </c>
-      <c r="H8" s="1">
-[...5 lines deleted...]
-      <c r="J8" s="1">
+      <c r="U8" s="1">
         <v>2</v>
       </c>
-      <c r="K8" s="1">
-[...21 lines deleted...]
-        <v>3</v>
+      <c r="V8" s="1">
+        <v>14</v>
+      </c>
+      <c r="W8" s="1">
+        <v>14</v>
+      </c>
+      <c r="X8" s="1">
+        <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:18">
+    <row r="9" spans="1:24">
       <c r="A9" s="1">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>59</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>85</v>
+      </c>
+      <c r="D9" s="1">
+        <v>4</v>
+      </c>
+      <c r="E9" s="1">
+        <v>4</v>
+      </c>
+      <c r="F9" s="1">
+        <v>8</v>
       </c>
       <c r="G9" s="1">
+        <v>1</v>
+      </c>
+      <c r="H9" s="1">
+        <v>4</v>
+      </c>
+      <c r="I9" s="1">
+        <v>6</v>
+      </c>
+      <c r="J9" s="2">
+        <v>14</v>
+      </c>
+      <c r="K9" s="2">
+        <v>14</v>
+      </c>
+      <c r="L9" s="2">
+        <v>14</v>
+      </c>
+      <c r="M9" s="2">
+        <v>14</v>
+      </c>
+      <c r="N9" s="2">
+        <v>14</v>
+      </c>
+      <c r="O9" s="2">
+        <v>14</v>
+      </c>
+      <c r="P9" s="2">
+        <v>14</v>
+      </c>
+      <c r="Q9" s="2">
+        <v>14</v>
+      </c>
+      <c r="R9" s="2">
+        <v>14</v>
+      </c>
+      <c r="S9" s="1">
+        <v>14</v>
+      </c>
+      <c r="T9" s="1">
+        <v>14</v>
+      </c>
+      <c r="U9" s="1">
+        <v>14</v>
+      </c>
+      <c r="V9" s="1">
+        <v>2</v>
+      </c>
+      <c r="W9" s="1">
+        <v>2</v>
+      </c>
+      <c r="X9" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
+      <c r="A10" s="1">
+        <v>7</v>
+      </c>
+      <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="1">
+        <v>85</v>
+      </c>
+      <c r="D10" s="2">
+        <v>14</v>
+      </c>
+      <c r="E10" s="2">
+        <v>14</v>
+      </c>
+      <c r="F10" s="2">
+        <v>14</v>
+      </c>
+      <c r="G10" s="1">
+        <v>6</v>
+      </c>
+      <c r="H10" s="1">
+        <v>8</v>
+      </c>
+      <c r="I10" s="1">
+        <v>7</v>
+      </c>
+      <c r="J10" s="1">
+        <v>2</v>
+      </c>
+      <c r="K10" s="1">
+        <v>2</v>
+      </c>
+      <c r="L10" s="1">
+        <v>5</v>
+      </c>
+      <c r="M10" s="2">
+        <v>14</v>
+      </c>
+      <c r="N10" s="2">
+        <v>14</v>
+      </c>
+      <c r="O10" s="2">
+        <v>14</v>
+      </c>
+      <c r="P10" s="1">
+        <v>4</v>
+      </c>
+      <c r="Q10" s="1">
+        <v>6</v>
+      </c>
+      <c r="R10" s="1">
         <v>3</v>
       </c>
-      <c r="H9" s="1">
-[...30 lines deleted...]
-        <v>2</v>
+      <c r="S10" s="2">
+        <v>14</v>
+      </c>
+      <c r="T10" s="2">
+        <v>14</v>
+      </c>
+      <c r="U10" s="2">
+        <v>14</v>
+      </c>
+      <c r="V10" s="1">
+        <v>14</v>
+      </c>
+      <c r="W10" s="1">
+        <v>14</v>
+      </c>
+      <c r="X10" s="1">
+        <v>14</v>
       </c>
     </row>
-    <row r="10" spans="1:18">
-[...55 lines deleted...]
-    <row r="11" spans="1:18">
+    <row r="11" spans="1:24">
       <c r="A11" s="1">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1">
-        <v>69</v>
-[...16 lines deleted...]
-      <c r="I11" s="1">
+        <v>107</v>
+      </c>
+      <c r="D11" s="2">
+        <v>14</v>
+      </c>
+      <c r="E11" s="2">
+        <v>14</v>
+      </c>
+      <c r="F11" s="2">
+        <v>14</v>
+      </c>
+      <c r="G11" s="2">
+        <v>14</v>
+      </c>
+      <c r="H11" s="2">
+        <v>14</v>
+      </c>
+      <c r="I11" s="2">
+        <v>14</v>
+      </c>
+      <c r="J11" s="1">
+        <v>5</v>
+      </c>
+      <c r="K11" s="1">
+        <v>3</v>
+      </c>
+      <c r="L11" s="1">
+        <v>2</v>
+      </c>
+      <c r="M11" s="1">
         <v>6</v>
       </c>
-      <c r="J11" s="2">
-[...23 lines deleted...]
-      <c r="R11" s="1">
+      <c r="N11" s="1">
+        <v>5</v>
+      </c>
+      <c r="O11" s="1">
+        <v>2</v>
+      </c>
+      <c r="P11" s="2">
+        <v>14</v>
+      </c>
+      <c r="Q11" s="2">
+        <v>14</v>
+      </c>
+      <c r="R11" s="2">
+        <v>14</v>
+      </c>
+      <c r="S11" s="1">
+        <v>14</v>
+      </c>
+      <c r="T11" s="1">
+        <v>14</v>
+      </c>
+      <c r="U11" s="1">
+        <v>14</v>
+      </c>
+      <c r="V11" s="1">
+        <v>14</v>
+      </c>
+      <c r="W11" s="1">
+        <v>14</v>
+      </c>
+      <c r="X11" s="1">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:18">
+    <row r="12" spans="1:24">
       <c r="A12" s="1">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C12" s="1">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D12" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E12" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F12" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G12" s="2">
         <v>14</v>
       </c>
       <c r="H12" s="2">
         <v>14</v>
       </c>
       <c r="I12" s="2">
         <v>14</v>
       </c>
       <c r="J12" s="2">
         <v>14</v>
       </c>
       <c r="K12" s="2">
         <v>14</v>
       </c>
       <c r="L12" s="2">
         <v>14</v>
       </c>
-      <c r="M12" s="1">
-[...5 lines deleted...]
-      <c r="O12" s="1">
+      <c r="M12" s="2">
+        <v>14</v>
+      </c>
+      <c r="N12" s="2">
+        <v>14</v>
+      </c>
+      <c r="O12" s="2">
         <v>14</v>
       </c>
       <c r="P12" s="1">
         <v>14</v>
       </c>
       <c r="Q12" s="1">
         <v>14</v>
       </c>
       <c r="R12" s="1">
         <v>14</v>
       </c>
+      <c r="S12" s="1">
+        <v>4</v>
+      </c>
+      <c r="T12" s="1">
+        <v>3</v>
+      </c>
+      <c r="U12" s="1">
+        <v>5</v>
+      </c>
+      <c r="V12" s="1">
+        <v>14</v>
+      </c>
+      <c r="W12" s="1">
+        <v>14</v>
+      </c>
+      <c r="X12" s="1">
+        <v>14</v>
+      </c>
     </row>
-    <row r="13" spans="1:18">
+    <row r="13" spans="1:24">
       <c r="A13" s="1">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C13" s="1">
-        <v>99</v>
-[...7 lines deleted...]
-      <c r="F13" s="1">
+        <v>119</v>
+      </c>
+      <c r="D13" s="2">
+        <v>14</v>
+      </c>
+      <c r="E13" s="2">
+        <v>14</v>
+      </c>
+      <c r="F13" s="2">
+        <v>14</v>
+      </c>
+      <c r="G13" s="2">
+        <v>14</v>
+      </c>
+      <c r="H13" s="2">
+        <v>14</v>
+      </c>
+      <c r="I13" s="2">
+        <v>14</v>
+      </c>
+      <c r="J13" s="1">
+        <v>4</v>
+      </c>
+      <c r="K13" s="1">
         <v>7</v>
       </c>
-      <c r="G13" s="2">
-[...23 lines deleted...]
-      <c r="O13" s="1">
+      <c r="L13" s="1">
+        <v>7</v>
+      </c>
+      <c r="M13" s="2">
+        <v>14</v>
+      </c>
+      <c r="N13" s="2">
+        <v>14</v>
+      </c>
+      <c r="O13" s="2">
         <v>14</v>
       </c>
       <c r="P13" s="1">
         <v>14</v>
       </c>
       <c r="Q13" s="1">
         <v>14</v>
       </c>
       <c r="R13" s="1">
         <v>14</v>
       </c>
+      <c r="S13" s="1">
+        <v>5</v>
+      </c>
+      <c r="T13" s="1">
+        <v>4</v>
+      </c>
+      <c r="U13" s="1">
+        <v>8</v>
+      </c>
+      <c r="V13" s="1">
+        <v>14</v>
+      </c>
+      <c r="W13" s="1">
+        <v>14</v>
+      </c>
+      <c r="X13" s="1">
+        <v>14</v>
+      </c>
     </row>
-    <row r="14" spans="1:18">
+    <row r="14" spans="1:24">
       <c r="A14" s="1">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C14" s="1">
-        <v>101</v>
+        <v>135</v>
       </c>
       <c r="D14" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E14" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F14" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G14" s="2">
         <v>14</v>
       </c>
       <c r="H14" s="2">
         <v>14</v>
       </c>
       <c r="I14" s="2">
         <v>14</v>
       </c>
       <c r="J14" s="2">
         <v>14</v>
       </c>
       <c r="K14" s="2">
         <v>14</v>
       </c>
       <c r="L14" s="2">
         <v>14</v>
       </c>
-      <c r="M14" s="1">
-[...5 lines deleted...]
-      <c r="O14" s="1">
+      <c r="M14" s="2">
+        <v>14</v>
+      </c>
+      <c r="N14" s="2">
+        <v>14</v>
+      </c>
+      <c r="O14" s="2">
         <v>14</v>
       </c>
       <c r="P14" s="1">
         <v>14</v>
       </c>
       <c r="Q14" s="1">
         <v>14</v>
       </c>
       <c r="R14" s="1">
         <v>14</v>
       </c>
+      <c r="S14" s="1">
+        <v>14</v>
+      </c>
+      <c r="T14" s="1">
+        <v>14</v>
+      </c>
+      <c r="U14" s="1">
+        <v>14</v>
+      </c>
+      <c r="V14" s="1">
+        <v>14</v>
+      </c>
+      <c r="W14" s="1">
+        <v>14</v>
+      </c>
+      <c r="X14" s="1">
+        <v>14</v>
+      </c>
     </row>
-    <row r="15" spans="1:18">
+    <row r="15" spans="1:24">
       <c r="A15" s="1">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C15" s="1">
-        <v>102</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>141</v>
+      </c>
+      <c r="D15" s="1">
+        <v>2</v>
+      </c>
+      <c r="E15" s="1">
+        <v>6</v>
+      </c>
+      <c r="F15" s="1">
+        <v>7</v>
       </c>
       <c r="G15" s="2">
         <v>14</v>
       </c>
       <c r="H15" s="2">
         <v>14</v>
       </c>
       <c r="I15" s="2">
         <v>14</v>
       </c>
-      <c r="J15" s="1">
-[...14 lines deleted...]
-      <c r="O15" s="1">
+      <c r="J15" s="2">
+        <v>14</v>
+      </c>
+      <c r="K15" s="2">
+        <v>14</v>
+      </c>
+      <c r="L15" s="2">
+        <v>14</v>
+      </c>
+      <c r="M15" s="2">
+        <v>14</v>
+      </c>
+      <c r="N15" s="2">
+        <v>14</v>
+      </c>
+      <c r="O15" s="2">
         <v>14</v>
       </c>
       <c r="P15" s="1">
         <v>14</v>
       </c>
       <c r="Q15" s="1">
         <v>14</v>
       </c>
       <c r="R15" s="1">
+        <v>14</v>
+      </c>
+      <c r="S15" s="1">
+        <v>14</v>
+      </c>
+      <c r="T15" s="1">
+        <v>14</v>
+      </c>
+      <c r="U15" s="1">
+        <v>14</v>
+      </c>
+      <c r="V15" s="1">
+        <v>14</v>
+      </c>
+      <c r="W15" s="1">
+        <v>14</v>
+      </c>
+      <c r="X15" s="1">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BK15"/>
+  <dimension ref="A1:CI15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.14" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -4880,2264 +6349,3110 @@
     <col min="39" max="39" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="7.998" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="10.855" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="14.568" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="14.568" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="14.568" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="14.568" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="14.568" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="14.568" bestFit="true" customWidth="true" style="0"/>
+    <col min="83" max="83" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="7.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="85" max="85" width="10.855" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="14.568" bestFit="true" customWidth="true" style="0"/>
+    <col min="87" max="87" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:63" customHeight="1" ht="42">
+    <row r="1" spans="1:87" customHeight="1" ht="42">
       <c r="A1" s="5" t="s">
-        <v>141</v>
+        <v>186</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="4" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AK1" s="3"/>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
       <c r="AN1" s="4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="AO1" s="3"/>
       <c r="AP1" s="3"/>
       <c r="AQ1" s="3"/>
       <c r="AR1" s="4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="AS1" s="3"/>
       <c r="AT1" s="3"/>
       <c r="AU1" s="3"/>
       <c r="AV1" s="4" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="AW1" s="3"/>
       <c r="AX1" s="3"/>
       <c r="AY1" s="3"/>
       <c r="AZ1" s="4" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="BA1" s="3"/>
       <c r="BB1" s="3"/>
       <c r="BC1" s="3"/>
       <c r="BD1" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="BE1" s="3"/>
       <c r="BF1" s="3"/>
       <c r="BG1" s="3"/>
       <c r="BH1" s="4" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="BI1" s="3"/>
       <c r="BJ1" s="3"/>
       <c r="BK1" s="3"/>
+      <c r="BL1" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="BM1" s="3"/>
+      <c r="BN1" s="3"/>
+      <c r="BO1" s="3"/>
+      <c r="BP1" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="BQ1" s="3"/>
+      <c r="BR1" s="3"/>
+      <c r="BS1" s="3"/>
+      <c r="BT1" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="BU1" s="3"/>
+      <c r="BV1" s="3"/>
+      <c r="BW1" s="3"/>
+      <c r="BX1" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="BY1" s="3"/>
+      <c r="BZ1" s="3"/>
+      <c r="CA1" s="3"/>
+      <c r="CB1" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="CC1" s="3"/>
+      <c r="CD1" s="3"/>
+      <c r="CE1" s="3"/>
+      <c r="CF1" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="CG1" s="3"/>
+      <c r="CH1" s="3"/>
+      <c r="CI1" s="3"/>
     </row>
-    <row r="2" spans="1:63">
+    <row r="2" spans="1:87">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="I2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="J2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="M2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="N2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="O2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="Q2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="R2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="S2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="U2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="V2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="W2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="X2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="Y2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="Z2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AA2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AB2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AC2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="AD2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AE2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AF2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AG2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="AH2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AI2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AJ2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AK2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="AL2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AM2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AN2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AO2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="AP2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AQ2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AR2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AS2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="AT2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AU2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AV2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="AW2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="AX2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AY2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AZ2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="BA2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="BB2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="BC2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="BD2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="BE2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="BF2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="BG2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="BH2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="BI2" s="3" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="BJ2" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="BK2" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
+      </c>
+      <c r="BL2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BM2" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="BN2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BO2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="BP2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BQ2" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="BR2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BS2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="BT2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BU2" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="BV2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="BW2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="BX2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="BY2" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="BZ2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="CA2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="CB2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="CC2" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="CD2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="CE2" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="CF2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="CG2" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="CH2" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="CI2" s="3" t="s">
+        <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:63">
+    <row r="3" spans="1:87">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" s="1">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D3" s="2">
         <v>7</v>
       </c>
       <c r="E3" s="6">
         <v>1.0737</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>143</v>
+        <v>188</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1">
         <v>1</v>
       </c>
       <c r="I3" s="6">
         <v>1.0737</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>144</v>
+        <v>189</v>
       </c>
       <c r="K3" s="1"/>
-      <c r="L3" s="2">
+      <c r="L3" s="1">
         <v>2</v>
       </c>
       <c r="M3" s="6">
         <v>1.0737</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="2">
         <v>7</v>
       </c>
       <c r="Q3" s="6">
         <v>1.078</v>
       </c>
       <c r="R3" s="1" t="s">
-        <v>146</v>
+        <v>191</v>
       </c>
       <c r="S3" s="1"/>
       <c r="T3" s="1">
         <v>2</v>
       </c>
       <c r="U3" s="6">
         <v>1.078</v>
       </c>
       <c r="V3" s="1" t="s">
-        <v>147</v>
+        <v>192</v>
       </c>
       <c r="W3" s="1"/>
       <c r="X3" s="1">
         <v>1</v>
       </c>
       <c r="Y3" s="6">
         <v>1.078</v>
       </c>
       <c r="Z3" s="1" t="s">
-        <v>148</v>
+        <v>193</v>
       </c>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1">
         <v>1</v>
       </c>
       <c r="AC3" s="6">
         <v>1.0862</v>
       </c>
       <c r="AD3" s="1" t="s">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1">
         <v>1</v>
       </c>
       <c r="AG3" s="6">
         <v>1.0862</v>
       </c>
       <c r="AH3" s="1" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="AI3" s="1"/>
       <c r="AJ3" s="1">
         <v>1</v>
       </c>
       <c r="AK3" s="6">
         <v>1.0862</v>
       </c>
       <c r="AL3" s="1" t="s">
-        <v>151</v>
+        <v>196</v>
       </c>
       <c r="AM3" s="1"/>
       <c r="AN3" s="2">
         <v>3</v>
       </c>
       <c r="AO3" s="6">
         <v>1.0311</v>
       </c>
       <c r="AP3" s="1" t="s">
-        <v>152</v>
+        <v>197</v>
       </c>
       <c r="AQ3" s="1"/>
       <c r="AR3" s="1">
         <v>2</v>
       </c>
       <c r="AS3" s="6">
         <v>1.0311</v>
       </c>
       <c r="AT3" s="1" t="s">
-        <v>153</v>
+        <v>198</v>
       </c>
       <c r="AU3" s="1"/>
       <c r="AV3" s="2">
         <v>5</v>
       </c>
       <c r="AW3" s="6">
         <v>1.0311</v>
       </c>
       <c r="AX3" s="1" t="s">
-        <v>154</v>
+        <v>199</v>
       </c>
       <c r="AY3" s="1"/>
       <c r="AZ3" s="1">
         <v>2</v>
       </c>
       <c r="BA3" s="6">
         <v>1.0459</v>
       </c>
       <c r="BB3" s="1" t="s">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="BC3" s="1"/>
       <c r="BD3" s="2">
         <v>5</v>
       </c>
       <c r="BE3" s="6">
         <v>1.0459</v>
       </c>
       <c r="BF3" s="1" t="s">
-        <v>156</v>
+        <v>201</v>
       </c>
       <c r="BG3" s="1"/>
       <c r="BH3" s="1">
         <v>1</v>
       </c>
       <c r="BI3" s="6">
         <v>1.0459</v>
       </c>
       <c r="BJ3" s="1" t="s">
-        <v>157</v>
+        <v>202</v>
       </c>
       <c r="BK3" s="1"/>
+      <c r="BL3" s="2">
+        <v>3</v>
+      </c>
+      <c r="BM3" s="6">
+        <v>1.0385</v>
+      </c>
+      <c r="BN3" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="BO3" s="1"/>
+      <c r="BP3" s="1">
+        <v>1</v>
+      </c>
+      <c r="BQ3" s="6">
+        <v>1.0385</v>
+      </c>
+      <c r="BR3" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="BS3" s="1"/>
+      <c r="BT3" s="2">
+        <v>4</v>
+      </c>
+      <c r="BU3" s="6">
+        <v>1.0385</v>
+      </c>
+      <c r="BV3" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="BW3" s="1"/>
+      <c r="BX3" s="2">
+        <v>5</v>
+      </c>
+      <c r="BY3" s="6">
+        <v>1.0245</v>
+      </c>
+      <c r="BZ3" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="CA3" s="1"/>
+      <c r="CB3" s="2">
+        <v>5</v>
+      </c>
+      <c r="CC3" s="6">
+        <v>1.0245</v>
+      </c>
+      <c r="CD3" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="CE3" s="1"/>
+      <c r="CF3" s="1">
+        <v>2</v>
+      </c>
+      <c r="CG3" s="6">
+        <v>1.0245</v>
+      </c>
+      <c r="CH3" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="CI3" s="1"/>
     </row>
-    <row r="4" spans="1:63">
+    <row r="4" spans="1:87">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C4" s="1">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D4" s="2">
         <v>8</v>
       </c>
       <c r="E4" s="6">
         <v>0.969</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>158</v>
+        <v>209</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="2">
         <v>5</v>
       </c>
       <c r="I4" s="6">
         <v>0.969</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>159</v>
+        <v>210</v>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1">
         <v>3</v>
       </c>
       <c r="M4" s="6">
         <v>0.969</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>160</v>
+        <v>211</v>
       </c>
       <c r="O4" s="1"/>
       <c r="P4" s="2">
         <v>8</v>
       </c>
       <c r="Q4" s="6">
         <v>0.9915</v>
       </c>
       <c r="R4" s="1" t="s">
-        <v>161</v>
+        <v>212</v>
       </c>
       <c r="S4" s="1"/>
       <c r="T4" s="2">
         <v>5</v>
       </c>
       <c r="U4" s="6">
         <v>0.9915</v>
       </c>
       <c r="V4" s="1" t="s">
-        <v>162</v>
+        <v>213</v>
       </c>
       <c r="W4" s="1"/>
       <c r="X4" s="1">
         <v>2</v>
       </c>
       <c r="Y4" s="6">
         <v>0.9915</v>
       </c>
       <c r="Z4" s="1" t="s">
-        <v>163</v>
+        <v>214</v>
       </c>
       <c r="AA4" s="1"/>
       <c r="AB4" s="2">
         <v>7</v>
       </c>
       <c r="AC4" s="6">
         <v>1.0043</v>
       </c>
       <c r="AD4" s="1" t="s">
-        <v>164</v>
+        <v>215</v>
       </c>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1">
         <v>4</v>
       </c>
       <c r="AG4" s="6">
         <v>1.0043</v>
       </c>
       <c r="AH4" s="1" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1">
         <v>4</v>
       </c>
       <c r="AK4" s="6">
         <v>1.0043</v>
       </c>
       <c r="AL4" s="1" t="s">
-        <v>166</v>
+        <v>217</v>
       </c>
       <c r="AM4" s="1"/>
       <c r="AN4" s="1">
         <v>1</v>
       </c>
       <c r="AO4" s="6">
         <v>1.0109</v>
       </c>
       <c r="AP4" s="1" t="s">
-        <v>167</v>
+        <v>218</v>
       </c>
       <c r="AQ4" s="1"/>
       <c r="AR4" s="1">
         <v>1</v>
       </c>
       <c r="AS4" s="6">
         <v>1.0109</v>
       </c>
       <c r="AT4" s="1" t="s">
-        <v>168</v>
+        <v>219</v>
       </c>
       <c r="AU4" s="1"/>
       <c r="AV4" s="1">
         <v>1</v>
       </c>
       <c r="AW4" s="6">
         <v>1.0109</v>
       </c>
       <c r="AX4" s="1" t="s">
-        <v>169</v>
+        <v>220</v>
       </c>
       <c r="AY4" s="1"/>
       <c r="AZ4" s="1">
         <v>3</v>
       </c>
       <c r="BA4" s="6">
         <v>1.0001</v>
       </c>
       <c r="BB4" s="1" t="s">
-        <v>170</v>
+        <v>221</v>
       </c>
       <c r="BC4" s="1"/>
       <c r="BD4" s="1">
         <v>2</v>
       </c>
       <c r="BE4" s="6">
         <v>1.0001</v>
       </c>
       <c r="BF4" s="1" t="s">
-        <v>171</v>
+        <v>222</v>
       </c>
       <c r="BG4" s="1"/>
       <c r="BH4" s="2">
         <v>5</v>
       </c>
       <c r="BI4" s="6">
         <v>1.0001</v>
       </c>
       <c r="BJ4" s="1" t="s">
-        <v>172</v>
+        <v>223</v>
       </c>
       <c r="BK4" s="1"/>
+      <c r="BL4" s="2">
+        <v>7</v>
+      </c>
+      <c r="BM4" s="6">
+        <v>0.9917</v>
+      </c>
+      <c r="BN4" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="BO4" s="1"/>
+      <c r="BP4" s="2">
+        <v>9</v>
+      </c>
+      <c r="BQ4" s="6">
+        <v>0.9917</v>
+      </c>
+      <c r="BR4" s="1"/>
+      <c r="BS4" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="BT4" s="1">
+        <v>1</v>
+      </c>
+      <c r="BU4" s="6">
+        <v>0.9917</v>
+      </c>
+      <c r="BV4" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="BW4" s="1"/>
+      <c r="BX4" s="1">
+        <v>4</v>
+      </c>
+      <c r="BY4" s="6">
+        <v>0.9879</v>
+      </c>
+      <c r="BZ4" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="CA4" s="1"/>
+      <c r="CB4" s="2">
+        <v>6</v>
+      </c>
+      <c r="CC4" s="6">
+        <v>0.9879</v>
+      </c>
+      <c r="CD4" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="CE4" s="1"/>
+      <c r="CF4" s="1">
+        <v>4</v>
+      </c>
+      <c r="CG4" s="6">
+        <v>0.9879</v>
+      </c>
+      <c r="CH4" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="CI4" s="1"/>
     </row>
-    <row r="5" spans="1:63">
+    <row r="5" spans="1:87">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="C5" s="1">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D5" s="2">
         <v>6</v>
       </c>
       <c r="E5" s="6">
         <v>0.9612</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1">
         <v>2</v>
       </c>
       <c r="I5" s="6">
         <v>0.9612</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>174</v>
+        <v>230</v>
       </c>
       <c r="K5" s="1"/>
       <c r="L5" s="2">
         <v>5</v>
       </c>
       <c r="M5" s="6">
         <v>0.9612</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>175</v>
+        <v>231</v>
       </c>
       <c r="O5" s="1"/>
       <c r="P5" s="1">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>0.9585</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>176</v>
+        <v>232</v>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="1">
         <v>3</v>
       </c>
       <c r="U5" s="6">
         <v>0.9585</v>
       </c>
       <c r="V5" s="1" t="s">
-        <v>177</v>
+        <v>233</v>
       </c>
       <c r="W5" s="1"/>
-      <c r="X5" s="1">
+      <c r="X5" s="2">
         <v>4</v>
       </c>
       <c r="Y5" s="6">
         <v>0.9585</v>
       </c>
       <c r="Z5" s="1" t="s">
-        <v>178</v>
+        <v>234</v>
       </c>
       <c r="AA5" s="1"/>
       <c r="AB5" s="2">
         <v>6</v>
       </c>
       <c r="AC5" s="6">
         <v>0.9624</v>
       </c>
       <c r="AD5" s="1" t="s">
-        <v>179</v>
+        <v>235</v>
       </c>
       <c r="AE5" s="1"/>
-      <c r="AF5" s="1">
+      <c r="AF5" s="2">
         <v>5</v>
       </c>
       <c r="AG5" s="6">
         <v>0.9624</v>
       </c>
       <c r="AH5" s="1" t="s">
-        <v>180</v>
+        <v>236</v>
       </c>
       <c r="AI5" s="1"/>
       <c r="AJ5" s="1">
         <v>3</v>
       </c>
       <c r="AK5" s="6">
         <v>0.9624</v>
       </c>
       <c r="AL5" s="1" t="s">
-        <v>181</v>
+        <v>237</v>
       </c>
       <c r="AM5" s="1"/>
       <c r="AN5" s="1">
         <v>2</v>
       </c>
       <c r="AO5" s="6">
         <v>0.9814</v>
       </c>
       <c r="AP5" s="1" t="s">
-        <v>182</v>
+        <v>238</v>
       </c>
       <c r="AQ5" s="1"/>
-      <c r="AR5" s="1">
+      <c r="AR5" s="2">
         <v>4</v>
       </c>
       <c r="AS5" s="6">
         <v>0.9814</v>
       </c>
       <c r="AT5" s="1" t="s">
-        <v>183</v>
+        <v>239</v>
       </c>
       <c r="AU5" s="1"/>
       <c r="AV5" s="1">
         <v>4</v>
       </c>
       <c r="AW5" s="6">
         <v>0.9814</v>
       </c>
       <c r="AX5" s="1" t="s">
-        <v>184</v>
+        <v>240</v>
       </c>
       <c r="AY5" s="1"/>
       <c r="AZ5" s="2">
         <v>14</v>
       </c>
       <c r="BA5" s="6"/>
       <c r="BB5" s="1"/>
       <c r="BC5" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BD5" s="2">
         <v>14</v>
       </c>
       <c r="BE5" s="6"/>
       <c r="BF5" s="1"/>
       <c r="BG5" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BH5" s="2">
         <v>14</v>
       </c>
       <c r="BI5" s="6"/>
       <c r="BJ5" s="1"/>
       <c r="BK5" s="1" t="s">
-        <v>28</v>
-      </c>
+        <v>54</v>
+      </c>
+      <c r="BL5" s="1">
+        <v>1</v>
+      </c>
+      <c r="BM5" s="6">
+        <v>0.9841</v>
+      </c>
+      <c r="BN5" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="BO5" s="1"/>
+      <c r="BP5" s="1">
+        <v>2</v>
+      </c>
+      <c r="BQ5" s="6">
+        <v>0.9841</v>
+      </c>
+      <c r="BR5" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="BS5" s="1"/>
+      <c r="BT5" s="1">
+        <v>3</v>
+      </c>
+      <c r="BU5" s="6">
+        <v>0.9841</v>
+      </c>
+      <c r="BV5" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="BW5" s="1"/>
+      <c r="BX5" s="1">
+        <v>3</v>
+      </c>
+      <c r="BY5" s="6">
+        <v>0.9707</v>
+      </c>
+      <c r="BZ5" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="CA5" s="1"/>
+      <c r="CB5" s="1">
+        <v>3</v>
+      </c>
+      <c r="CC5" s="6">
+        <v>0.9707</v>
+      </c>
+      <c r="CD5" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="CE5" s="1"/>
+      <c r="CF5" s="1">
+        <v>3</v>
+      </c>
+      <c r="CG5" s="6">
+        <v>0.9707</v>
+      </c>
+      <c r="CH5" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="CI5" s="1"/>
     </row>
-    <row r="6" spans="1:63">
+    <row r="6" spans="1:87">
       <c r="A6" s="1">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C6" s="1">
-        <v>37</v>
-[...24 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D6" s="1">
+        <v>5</v>
+      </c>
+      <c r="E6" s="6">
+        <v>1.0201</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="G6" s="1"/>
+      <c r="H6" s="1">
+        <v>3</v>
+      </c>
+      <c r="I6" s="6">
+        <v>1.0201</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1">
+        <v>4</v>
+      </c>
+      <c r="M6" s="6">
+        <v>1.0201</v>
+      </c>
+      <c r="N6" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="O6" s="1"/>
       <c r="P6" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q6" s="6">
-        <v>0.9303</v>
+        <v>1.0081</v>
       </c>
       <c r="R6" s="1" t="s">
-        <v>185</v>
+        <v>250</v>
       </c>
       <c r="S6" s="1"/>
-      <c r="T6" s="1">
-        <v>6</v>
+      <c r="T6" s="2">
+        <v>7</v>
       </c>
       <c r="U6" s="6">
-        <v>0.9303</v>
+        <v>1.0081</v>
       </c>
       <c r="V6" s="1" t="s">
-        <v>186</v>
+        <v>251</v>
       </c>
       <c r="W6" s="1"/>
       <c r="X6" s="1">
+        <v>5</v>
+      </c>
+      <c r="Y6" s="6">
+        <v>1.0081</v>
+      </c>
+      <c r="Z6" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="AA6" s="1"/>
+      <c r="AB6" s="1">
         <v>3</v>
       </c>
-      <c r="Y6" s="6">
-[...13 lines deleted...]
-      </c>
+      <c r="AC6" s="6">
+        <v>1.0148</v>
+      </c>
+      <c r="AD6" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="AE6" s="1"/>
       <c r="AF6" s="2">
-        <v>14</v>
-[...5 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="AG6" s="6">
+        <v>1.0148</v>
+      </c>
+      <c r="AH6" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="AI6" s="1"/>
       <c r="AJ6" s="2">
-        <v>14</v>
-[...37 lines deleted...]
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="AK6" s="6">
+        <v>1.0148</v>
+      </c>
+      <c r="AL6" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="AM6" s="1"/>
+      <c r="AN6" s="2">
+        <v>14</v>
+      </c>
+      <c r="AO6" s="6"/>
+      <c r="AP6" s="1"/>
+      <c r="AQ6" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AR6" s="2">
+        <v>14</v>
+      </c>
+      <c r="AS6" s="6"/>
+      <c r="AT6" s="1"/>
+      <c r="AU6" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AV6" s="2">
+        <v>14</v>
+      </c>
+      <c r="AW6" s="6"/>
+      <c r="AX6" s="1"/>
+      <c r="AY6" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AZ6" s="2">
+        <v>6</v>
       </c>
       <c r="BA6" s="6">
-        <v>0.9405</v>
+        <v>1.0126</v>
       </c>
       <c r="BB6" s="1" t="s">
-        <v>191</v>
+        <v>256</v>
       </c>
       <c r="BC6" s="1"/>
       <c r="BD6" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="BE6" s="6">
-        <v>0.9405</v>
+        <v>1.0126</v>
       </c>
       <c r="BF6" s="1" t="s">
-        <v>192</v>
+        <v>257</v>
       </c>
       <c r="BG6" s="1"/>
-      <c r="BH6" s="1">
-        <v>4</v>
+      <c r="BH6" s="2">
+        <v>6</v>
       </c>
       <c r="BI6" s="6">
-        <v>0.9405</v>
+        <v>1.0126</v>
       </c>
       <c r="BJ6" s="1" t="s">
-        <v>193</v>
+        <v>258</v>
       </c>
       <c r="BK6" s="1"/>
+      <c r="BL6" s="1">
+        <v>6</v>
+      </c>
+      <c r="BM6" s="6">
+        <v>1.0252</v>
+      </c>
+      <c r="BN6" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="BO6" s="1"/>
+      <c r="BP6" s="1">
+        <v>5</v>
+      </c>
+      <c r="BQ6" s="6">
+        <v>1.0252</v>
+      </c>
+      <c r="BR6" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="BS6" s="1"/>
+      <c r="BT6" s="2">
+        <v>7</v>
+      </c>
+      <c r="BU6" s="6">
+        <v>1.0252</v>
+      </c>
+      <c r="BV6" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="BW6" s="1"/>
+      <c r="BX6" s="1">
+        <v>1</v>
+      </c>
+      <c r="BY6" s="6">
+        <v>1.0322</v>
+      </c>
+      <c r="BZ6" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="CA6" s="1"/>
+      <c r="CB6" s="1">
+        <v>1</v>
+      </c>
+      <c r="CC6" s="6">
+        <v>1.0322</v>
+      </c>
+      <c r="CD6" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="CE6" s="1"/>
+      <c r="CF6" s="1">
+        <v>1</v>
+      </c>
+      <c r="CG6" s="6">
+        <v>1.0322</v>
+      </c>
+      <c r="CH6" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="CI6" s="1"/>
     </row>
-    <row r="7" spans="1:63">
+    <row r="7" spans="1:87">
       <c r="A7" s="1">
         <v>5</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C7" s="1">
-        <v>39</v>
-[...30 lines deleted...]
-      <c r="O7" s="1"/>
+        <v>48</v>
+      </c>
+      <c r="D7" s="2">
+        <v>14</v>
+      </c>
+      <c r="E7" s="6"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" s="2">
+        <v>14</v>
+      </c>
+      <c r="I7" s="6"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L7" s="2">
+        <v>14</v>
+      </c>
+      <c r="M7" s="6"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="P7" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q7" s="6">
-        <v>1.0081</v>
+        <v>0.9303</v>
       </c>
       <c r="R7" s="1" t="s">
-        <v>197</v>
+        <v>265</v>
       </c>
       <c r="S7" s="1"/>
       <c r="T7" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="U7" s="6">
-        <v>1.0081</v>
+        <v>0.9303</v>
       </c>
       <c r="V7" s="1" t="s">
-        <v>198</v>
+        <v>266</v>
       </c>
       <c r="W7" s="1"/>
       <c r="X7" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y7" s="6">
-        <v>1.0081</v>
+        <v>0.9303</v>
       </c>
       <c r="Z7" s="1" t="s">
-        <v>199</v>
+        <v>267</v>
       </c>
       <c r="AA7" s="1"/>
-      <c r="AB7" s="1">
+      <c r="AB7" s="2">
+        <v>14</v>
+      </c>
+      <c r="AC7" s="6"/>
+      <c r="AD7" s="1"/>
+      <c r="AE7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AF7" s="2">
+        <v>14</v>
+      </c>
+      <c r="AG7" s="6"/>
+      <c r="AH7" s="1"/>
+      <c r="AI7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AJ7" s="2">
+        <v>14</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="1"/>
+      <c r="AM7" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AN7" s="1">
+        <v>4</v>
+      </c>
+      <c r="AO7" s="6">
+        <v>0.9257</v>
+      </c>
+      <c r="AP7" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="AQ7" s="1"/>
+      <c r="AR7" s="1">
         <v>3</v>
       </c>
-      <c r="AC7" s="6">
-[...49 lines deleted...]
-      </c>
+      <c r="AS7" s="6">
+        <v>0.9257</v>
+      </c>
+      <c r="AT7" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="AU7" s="1"/>
+      <c r="AV7" s="1">
+        <v>3</v>
+      </c>
+      <c r="AW7" s="6">
+        <v>0.9257</v>
+      </c>
+      <c r="AX7" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="AY7" s="1"/>
       <c r="AZ7" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="BA7" s="6">
-        <v>1.0126</v>
+        <v>0.9405</v>
       </c>
       <c r="BB7" s="1" t="s">
-        <v>203</v>
+        <v>271</v>
       </c>
       <c r="BC7" s="1"/>
       <c r="BD7" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BE7" s="6">
-        <v>1.0126</v>
+        <v>0.9405</v>
       </c>
       <c r="BF7" s="1" t="s">
-        <v>204</v>
+        <v>272</v>
       </c>
       <c r="BG7" s="1"/>
       <c r="BH7" s="1">
+        <v>4</v>
+      </c>
+      <c r="BI7" s="6">
+        <v>0.9405</v>
+      </c>
+      <c r="BJ7" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="BK7" s="1"/>
+      <c r="BL7" s="1">
+        <v>2</v>
+      </c>
+      <c r="BM7" s="6">
+        <v>0.9369</v>
+      </c>
+      <c r="BN7" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="BO7" s="1"/>
+      <c r="BP7" s="2">
+        <v>7</v>
+      </c>
+      <c r="BQ7" s="6">
+        <v>0.9369</v>
+      </c>
+      <c r="BR7" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="BS7" s="1"/>
+      <c r="BT7" s="1">
         <v>6</v>
       </c>
-      <c r="BI7" s="6">
-[...5 lines deleted...]
-      <c r="BK7" s="1"/>
+      <c r="BU7" s="6">
+        <v>0.9369</v>
+      </c>
+      <c r="BV7" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="BW7" s="1"/>
+      <c r="BX7" s="2">
+        <v>7</v>
+      </c>
+      <c r="BY7" s="6">
+        <v>0.9426</v>
+      </c>
+      <c r="BZ7" s="1"/>
+      <c r="CA7" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="CB7" s="1">
+        <v>4</v>
+      </c>
+      <c r="CC7" s="6">
+        <v>0.9426</v>
+      </c>
+      <c r="CD7" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="CE7" s="1"/>
+      <c r="CF7" s="1">
+        <v>5</v>
+      </c>
+      <c r="CG7" s="6">
+        <v>0.9426</v>
+      </c>
+      <c r="CH7" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="CI7" s="1"/>
     </row>
-    <row r="8" spans="1:63">
+    <row r="8" spans="1:87">
       <c r="A8" s="1">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="C8" s="1">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="D8" s="2">
         <v>14</v>
       </c>
       <c r="E8" s="6"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="H8" s="2">
         <v>14</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L8" s="2">
         <v>14</v>
       </c>
       <c r="M8" s="6"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="P8" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q8" s="6">
-        <v>0.8902</v>
+        <v>1.1871</v>
       </c>
       <c r="R8" s="1" t="s">
-        <v>206</v>
+        <v>279</v>
       </c>
       <c r="S8" s="1"/>
       <c r="T8" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="U8" s="6">
-        <v>0.8902</v>
+        <v>1.1871</v>
       </c>
       <c r="V8" s="1" t="s">
-        <v>207</v>
+        <v>280</v>
       </c>
       <c r="W8" s="1"/>
       <c r="X8" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="Y8" s="6">
-        <v>0.8902</v>
-[...34 lines deleted...]
-      <c r="AM8" s="1"/>
+        <v>1.1871</v>
+      </c>
+      <c r="Z8" s="1"/>
+      <c r="AA8" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AB8" s="2">
+        <v>14</v>
+      </c>
+      <c r="AC8" s="6"/>
+      <c r="AD8" s="1"/>
+      <c r="AE8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AF8" s="2">
+        <v>14</v>
+      </c>
+      <c r="AG8" s="6"/>
+      <c r="AH8" s="1"/>
+      <c r="AI8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AJ8" s="2">
+        <v>14</v>
+      </c>
+      <c r="AK8" s="6"/>
+      <c r="AL8" s="1"/>
+      <c r="AM8" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="AN8" s="2">
         <v>14</v>
       </c>
       <c r="AO8" s="6"/>
       <c r="AP8" s="1"/>
       <c r="AQ8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AR8" s="2">
         <v>14</v>
       </c>
       <c r="AS8" s="6"/>
       <c r="AT8" s="1"/>
       <c r="AU8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AV8" s="2">
         <v>14</v>
       </c>
       <c r="AW8" s="6"/>
       <c r="AX8" s="1"/>
       <c r="AY8" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AZ8" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="BA8" s="6">
-        <v>0.9122</v>
+        <v>1.1944</v>
       </c>
       <c r="BB8" s="1" t="s">
-        <v>212</v>
+        <v>281</v>
       </c>
       <c r="BC8" s="1"/>
       <c r="BD8" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="BE8" s="6">
-        <v>0.9122</v>
+        <v>1.1944</v>
       </c>
       <c r="BF8" s="1" t="s">
-        <v>213</v>
+        <v>282</v>
       </c>
       <c r="BG8" s="1"/>
       <c r="BH8" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BI8" s="6">
-        <v>0.9122</v>
+        <v>1.1944</v>
       </c>
       <c r="BJ8" s="1" t="s">
-        <v>214</v>
+        <v>283</v>
       </c>
       <c r="BK8" s="1"/>
+      <c r="BL8" s="1">
+        <v>9</v>
+      </c>
+      <c r="BM8" s="6">
+        <v>1.1706</v>
+      </c>
+      <c r="BN8" s="1"/>
+      <c r="BO8" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="BP8" s="1">
+        <v>6</v>
+      </c>
+      <c r="BQ8" s="6">
+        <v>1.1706</v>
+      </c>
+      <c r="BR8" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="BS8" s="1"/>
+      <c r="BT8" s="1">
+        <v>2</v>
+      </c>
+      <c r="BU8" s="6">
+        <v>1.1706</v>
+      </c>
+      <c r="BV8" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="BW8" s="1"/>
+      <c r="BX8" s="1">
+        <v>14</v>
+      </c>
+      <c r="BY8" s="6"/>
+      <c r="BZ8" s="1"/>
+      <c r="CA8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB8" s="1">
+        <v>14</v>
+      </c>
+      <c r="CC8" s="6"/>
+      <c r="CD8" s="1"/>
+      <c r="CE8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF8" s="1">
+        <v>14</v>
+      </c>
+      <c r="CG8" s="6"/>
+      <c r="CH8" s="1"/>
+      <c r="CI8" s="1" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="9" spans="1:63">
+    <row r="9" spans="1:87">
       <c r="A9" s="1">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>59</v>
-[...24 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="D9" s="1">
+        <v>4</v>
+      </c>
+      <c r="E9" s="6">
+        <v>1.0418</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1">
+        <v>4</v>
+      </c>
+      <c r="I9" s="6">
+        <v>1.0418</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1">
+        <v>8</v>
+      </c>
+      <c r="M9" s="6">
+        <v>1.0418</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="O9" s="1"/>
       <c r="P9" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q9" s="6">
-        <v>1.1871</v>
+        <v>1.0633</v>
       </c>
       <c r="R9" s="1" t="s">
-        <v>215</v>
+        <v>289</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="U9" s="6">
-        <v>1.1871</v>
+        <v>1.0633</v>
       </c>
       <c r="V9" s="1" t="s">
-        <v>216</v>
+        <v>290</v>
       </c>
       <c r="W9" s="1"/>
       <c r="X9" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="Y9" s="6">
-        <v>1.1871</v>
-[...4 lines deleted...]
-      </c>
+        <v>1.0633</v>
+      </c>
+      <c r="Z9" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="AA9" s="1"/>
       <c r="AB9" s="2">
         <v>14</v>
       </c>
       <c r="AC9" s="6"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AF9" s="2">
         <v>14</v>
       </c>
       <c r="AG9" s="6"/>
       <c r="AH9" s="1"/>
       <c r="AI9" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AJ9" s="2">
         <v>14</v>
       </c>
       <c r="AK9" s="6"/>
       <c r="AL9" s="1"/>
       <c r="AM9" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AN9" s="1">
+        <v>54</v>
+      </c>
+      <c r="AN9" s="2">
         <v>14</v>
       </c>
       <c r="AO9" s="6"/>
       <c r="AP9" s="1"/>
       <c r="AQ9" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AR9" s="1">
+        <v>54</v>
+      </c>
+      <c r="AR9" s="2">
         <v>14</v>
       </c>
       <c r="AS9" s="6"/>
       <c r="AT9" s="1"/>
       <c r="AU9" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AV9" s="1">
+        <v>54</v>
+      </c>
+      <c r="AV9" s="2">
         <v>14</v>
       </c>
       <c r="AW9" s="6"/>
       <c r="AX9" s="1"/>
       <c r="AY9" s="1" t="s">
-        <v>28</v>
-[...21 lines deleted...]
-      <c r="BH9" s="1">
+        <v>54</v>
+      </c>
+      <c r="AZ9" s="2">
+        <v>14</v>
+      </c>
+      <c r="BA9" s="6"/>
+      <c r="BB9" s="1"/>
+      <c r="BC9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BD9" s="2">
+        <v>14</v>
+      </c>
+      <c r="BE9" s="6"/>
+      <c r="BF9" s="1"/>
+      <c r="BG9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BH9" s="2">
+        <v>14</v>
+      </c>
+      <c r="BI9" s="6"/>
+      <c r="BJ9" s="1"/>
+      <c r="BK9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BL9" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM9" s="6"/>
+      <c r="BN9" s="1"/>
+      <c r="BO9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BP9" s="1">
+        <v>14</v>
+      </c>
+      <c r="BQ9" s="6"/>
+      <c r="BR9" s="1"/>
+      <c r="BS9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BT9" s="1">
+        <v>14</v>
+      </c>
+      <c r="BU9" s="6"/>
+      <c r="BV9" s="1"/>
+      <c r="BW9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BX9" s="1">
         <v>2</v>
       </c>
-      <c r="BI9" s="6">
-[...5 lines deleted...]
-      <c r="BK9" s="1"/>
+      <c r="BY9" s="6">
+        <v>1.0628</v>
+      </c>
+      <c r="BZ9" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="CA9" s="1"/>
+      <c r="CB9" s="1">
+        <v>2</v>
+      </c>
+      <c r="CC9" s="6">
+        <v>1.0628</v>
+      </c>
+      <c r="CD9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="CE9" s="1"/>
+      <c r="CF9" s="1">
+        <v>12</v>
+      </c>
+      <c r="CG9" s="6">
+        <v>1.0628</v>
+      </c>
+      <c r="CH9" s="1"/>
+      <c r="CI9" s="1" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="10" spans="1:63">
+    <row r="10" spans="1:87">
       <c r="A10" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C10" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="D10" s="2">
         <v>14</v>
       </c>
       <c r="E10" s="6"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="H10" s="2">
         <v>14</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="L10" s="2">
         <v>14</v>
       </c>
       <c r="M10" s="6"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1" t="s">
-        <v>28</v>
-[...24 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="P10" s="1">
+        <v>6</v>
+      </c>
+      <c r="Q10" s="6">
+        <v>0.8902</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1">
+        <v>8</v>
+      </c>
+      <c r="U10" s="6">
+        <v>0.8902</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1">
+        <v>7</v>
+      </c>
+      <c r="Y10" s="6">
+        <v>0.8902</v>
+      </c>
+      <c r="Z10" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="AA10" s="1"/>
       <c r="AB10" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AC10" s="6">
-        <v>1.0134</v>
+        <v>0.9133</v>
       </c>
       <c r="AD10" s="1" t="s">
-        <v>220</v>
+        <v>297</v>
       </c>
       <c r="AE10" s="1"/>
       <c r="AF10" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG10" s="6">
-        <v>1.0134</v>
+        <v>0.9133</v>
       </c>
       <c r="AH10" s="1" t="s">
-        <v>221</v>
+        <v>298</v>
       </c>
       <c r="AI10" s="1"/>
       <c r="AJ10" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AK10" s="6">
-        <v>1.0134</v>
+        <v>0.9133</v>
       </c>
       <c r="AL10" s="1" t="s">
-        <v>222</v>
+        <v>299</v>
       </c>
       <c r="AM10" s="1"/>
-      <c r="AN10" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="AN10" s="2">
+        <v>14</v>
+      </c>
+      <c r="AO10" s="6"/>
       <c r="AP10" s="1"/>
       <c r="AQ10" s="1" t="s">
-        <v>115</v>
-[...20 lines deleted...]
-      <c r="AY10" s="1"/>
+        <v>54</v>
+      </c>
+      <c r="AR10" s="2">
+        <v>14</v>
+      </c>
+      <c r="AS10" s="6"/>
+      <c r="AT10" s="1"/>
+      <c r="AU10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AV10" s="2">
+        <v>14</v>
+      </c>
+      <c r="AW10" s="6"/>
+      <c r="AX10" s="1"/>
+      <c r="AY10" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="AZ10" s="1">
-        <v>14</v>
-[...5 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="BA10" s="6">
+        <v>0.9122</v>
+      </c>
+      <c r="BB10" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="BC10" s="1"/>
       <c r="BD10" s="1">
-        <v>14</v>
-[...5 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="BE10" s="6">
+        <v>0.9122</v>
+      </c>
+      <c r="BF10" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="BG10" s="1"/>
       <c r="BH10" s="1">
-        <v>14</v>
-[...4 lines deleted...]
-        <v>28</v>
+        <v>3</v>
+      </c>
+      <c r="BI10" s="6">
+        <v>0.9122</v>
+      </c>
+      <c r="BJ10" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="BK10" s="1"/>
+      <c r="BL10" s="2">
+        <v>14</v>
+      </c>
+      <c r="BM10" s="6"/>
+      <c r="BN10" s="1"/>
+      <c r="BO10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BP10" s="2">
+        <v>14</v>
+      </c>
+      <c r="BQ10" s="6"/>
+      <c r="BR10" s="1"/>
+      <c r="BS10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BT10" s="2">
+        <v>14</v>
+      </c>
+      <c r="BU10" s="6"/>
+      <c r="BV10" s="1"/>
+      <c r="BW10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BX10" s="1">
+        <v>14</v>
+      </c>
+      <c r="BY10" s="6"/>
+      <c r="BZ10" s="1"/>
+      <c r="CA10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB10" s="1">
+        <v>14</v>
+      </c>
+      <c r="CC10" s="6"/>
+      <c r="CD10" s="1"/>
+      <c r="CE10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF10" s="1">
+        <v>14</v>
+      </c>
+      <c r="CG10" s="6"/>
+      <c r="CH10" s="1"/>
+      <c r="CI10" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="11" spans="1:63">
+    <row r="11" spans="1:87">
       <c r="A11" s="1">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1">
-        <v>69</v>
-[...51 lines deleted...]
-      <c r="X11" s="1">
+        <v>107</v>
+      </c>
+      <c r="D11" s="2">
+        <v>14</v>
+      </c>
+      <c r="E11" s="6"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="2">
+        <v>14</v>
+      </c>
+      <c r="I11" s="6"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L11" s="2">
+        <v>14</v>
+      </c>
+      <c r="M11" s="6"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="P11" s="2">
+        <v>14</v>
+      </c>
+      <c r="Q11" s="6"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="T11" s="2">
+        <v>14</v>
+      </c>
+      <c r="U11" s="6"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="X11" s="2">
+        <v>14</v>
+      </c>
+      <c r="Y11" s="6"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB11" s="1">
+        <v>5</v>
+      </c>
+      <c r="AC11" s="6">
+        <v>1.0134</v>
+      </c>
+      <c r="AD11" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="AE11" s="1"/>
+      <c r="AF11" s="1">
+        <v>3</v>
+      </c>
+      <c r="AG11" s="6">
+        <v>1.0134</v>
+      </c>
+      <c r="AH11" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="AI11" s="1"/>
+      <c r="AJ11" s="1">
+        <v>2</v>
+      </c>
+      <c r="AK11" s="6">
+        <v>1.0134</v>
+      </c>
+      <c r="AL11" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="AM11" s="1"/>
+      <c r="AN11" s="1">
         <v>6</v>
       </c>
-      <c r="Y11" s="6">
-[...33 lines deleted...]
-      <c r="AO11" s="6"/>
+      <c r="AO11" s="6">
+        <v>1.0199</v>
+      </c>
       <c r="AP11" s="1"/>
       <c r="AQ11" s="1" t="s">
-        <v>28</v>
-[...17 lines deleted...]
-      <c r="AZ11" s="1">
+        <v>160</v>
+      </c>
+      <c r="AR11" s="1">
+        <v>5</v>
+      </c>
+      <c r="AS11" s="6">
+        <v>1.0199</v>
+      </c>
+      <c r="AT11" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="AU11" s="1"/>
+      <c r="AV11" s="1">
+        <v>2</v>
+      </c>
+      <c r="AW11" s="6">
+        <v>1.0199</v>
+      </c>
+      <c r="AX11" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="AY11" s="1"/>
+      <c r="AZ11" s="2">
         <v>14</v>
       </c>
       <c r="BA11" s="6"/>
       <c r="BB11" s="1"/>
       <c r="BC11" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="BD11" s="1">
+        <v>54</v>
+      </c>
+      <c r="BD11" s="2">
         <v>14</v>
       </c>
       <c r="BE11" s="6"/>
       <c r="BF11" s="1"/>
       <c r="BG11" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="BH11" s="1">
+        <v>54</v>
+      </c>
+      <c r="BH11" s="2">
         <v>14</v>
       </c>
       <c r="BI11" s="6"/>
       <c r="BJ11" s="1"/>
       <c r="BK11" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="BL11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM11" s="6"/>
+      <c r="BN11" s="1"/>
+      <c r="BO11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BP11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BQ11" s="6"/>
+      <c r="BR11" s="1"/>
+      <c r="BS11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BT11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BU11" s="6"/>
+      <c r="BV11" s="1"/>
+      <c r="BW11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BX11" s="1">
+        <v>14</v>
+      </c>
+      <c r="BY11" s="6"/>
+      <c r="BZ11" s="1"/>
+      <c r="CA11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB11" s="1">
+        <v>14</v>
+      </c>
+      <c r="CC11" s="6"/>
+      <c r="CD11" s="1"/>
+      <c r="CE11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF11" s="1">
+        <v>14</v>
+      </c>
+      <c r="CG11" s="6"/>
+      <c r="CH11" s="1"/>
+      <c r="CI11" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="12" spans="1:63">
+    <row r="12" spans="1:87">
       <c r="A12" s="1">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C12" s="1">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D12" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E12" s="6">
-        <v>0.9505</v>
+        <v>1.0321</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>231</v>
+        <v>308</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I12" s="6">
-        <v>0.9505</v>
+        <v>1.0321</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>232</v>
+        <v>309</v>
       </c>
       <c r="K12" s="1"/>
       <c r="L12" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="M12" s="6">
-        <v>0.9505</v>
+        <v>1.0321</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>233</v>
+        <v>310</v>
       </c>
       <c r="O12" s="1"/>
       <c r="P12" s="2">
         <v>14</v>
       </c>
       <c r="Q12" s="6"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="T12" s="2">
         <v>14</v>
       </c>
       <c r="U12" s="6"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="X12" s="2">
         <v>14</v>
       </c>
       <c r="Y12" s="6"/>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AB12" s="2">
         <v>14</v>
       </c>
       <c r="AC12" s="6"/>
       <c r="AD12" s="1"/>
       <c r="AE12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AF12" s="2">
         <v>14</v>
       </c>
       <c r="AG12" s="6"/>
       <c r="AH12" s="1"/>
       <c r="AI12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AJ12" s="2">
         <v>14</v>
       </c>
       <c r="AK12" s="6"/>
       <c r="AL12" s="1"/>
       <c r="AM12" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AN12" s="1">
+        <v>54</v>
+      </c>
+      <c r="AN12" s="2">
         <v>14</v>
       </c>
       <c r="AO12" s="6"/>
       <c r="AP12" s="1"/>
       <c r="AQ12" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AR12" s="1">
+        <v>54</v>
+      </c>
+      <c r="AR12" s="2">
         <v>14</v>
       </c>
       <c r="AS12" s="6"/>
       <c r="AT12" s="1"/>
       <c r="AU12" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AV12" s="1">
+        <v>54</v>
+      </c>
+      <c r="AV12" s="2">
         <v>14</v>
       </c>
       <c r="AW12" s="6"/>
       <c r="AX12" s="1"/>
       <c r="AY12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AZ12" s="1">
         <v>14</v>
       </c>
       <c r="BA12" s="6"/>
       <c r="BB12" s="1"/>
       <c r="BC12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BD12" s="1">
         <v>14</v>
       </c>
       <c r="BE12" s="6"/>
       <c r="BF12" s="1"/>
       <c r="BG12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BH12" s="1">
         <v>14</v>
       </c>
       <c r="BI12" s="6"/>
       <c r="BJ12" s="1"/>
       <c r="BK12" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="BL12" s="1">
+        <v>4</v>
+      </c>
+      <c r="BM12" s="6">
+        <v>1.0632</v>
+      </c>
+      <c r="BN12" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="BO12" s="1"/>
+      <c r="BP12" s="1">
+        <v>3</v>
+      </c>
+      <c r="BQ12" s="6">
+        <v>1.0632</v>
+      </c>
+      <c r="BR12" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="BS12" s="1"/>
+      <c r="BT12" s="1">
+        <v>5</v>
+      </c>
+      <c r="BU12" s="6">
+        <v>1.0632</v>
+      </c>
+      <c r="BV12" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="BW12" s="1"/>
+      <c r="BX12" s="1">
+        <v>14</v>
+      </c>
+      <c r="BY12" s="6"/>
+      <c r="BZ12" s="1"/>
+      <c r="CA12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB12" s="1">
+        <v>14</v>
+      </c>
+      <c r="CC12" s="6"/>
+      <c r="CD12" s="1"/>
+      <c r="CE12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF12" s="1">
+        <v>14</v>
+      </c>
+      <c r="CG12" s="6"/>
+      <c r="CH12" s="1"/>
+      <c r="CI12" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="13" spans="1:63">
+    <row r="13" spans="1:87">
       <c r="A13" s="1">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C13" s="1">
-        <v>99</v>
-[...30 lines deleted...]
-      <c r="O13" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="D13" s="2">
+        <v>14</v>
+      </c>
+      <c r="E13" s="6"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13" s="2">
+        <v>14</v>
+      </c>
+      <c r="I13" s="6"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L13" s="2">
+        <v>14</v>
+      </c>
+      <c r="M13" s="6"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="P13" s="2">
         <v>14</v>
       </c>
       <c r="Q13" s="6"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="T13" s="2">
         <v>14</v>
       </c>
       <c r="U13" s="6"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="X13" s="2">
         <v>14</v>
       </c>
       <c r="Y13" s="6"/>
       <c r="Z13" s="1"/>
       <c r="AA13" s="1" t="s">
-        <v>28</v>
-[...25 lines deleted...]
-      <c r="AN13" s="1">
+        <v>54</v>
+      </c>
+      <c r="AB13" s="1">
+        <v>4</v>
+      </c>
+      <c r="AC13" s="6">
+        <v>0.984</v>
+      </c>
+      <c r="AD13" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="AE13" s="1"/>
+      <c r="AF13" s="1">
+        <v>7</v>
+      </c>
+      <c r="AG13" s="6">
+        <v>0.984</v>
+      </c>
+      <c r="AH13" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="AI13" s="1"/>
+      <c r="AJ13" s="1">
+        <v>7</v>
+      </c>
+      <c r="AK13" s="6">
+        <v>0.984</v>
+      </c>
+      <c r="AL13" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="AM13" s="1"/>
+      <c r="AN13" s="2">
         <v>14</v>
       </c>
       <c r="AO13" s="6"/>
       <c r="AP13" s="1"/>
       <c r="AQ13" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AR13" s="1">
+        <v>54</v>
+      </c>
+      <c r="AR13" s="2">
         <v>14</v>
       </c>
       <c r="AS13" s="6"/>
       <c r="AT13" s="1"/>
       <c r="AU13" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AV13" s="1">
+        <v>54</v>
+      </c>
+      <c r="AV13" s="2">
         <v>14</v>
       </c>
       <c r="AW13" s="6"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AZ13" s="1">
         <v>14</v>
       </c>
       <c r="BA13" s="6"/>
       <c r="BB13" s="1"/>
       <c r="BC13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BD13" s="1">
         <v>14</v>
       </c>
       <c r="BE13" s="6"/>
       <c r="BF13" s="1"/>
       <c r="BG13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BH13" s="1">
         <v>14</v>
       </c>
       <c r="BI13" s="6"/>
       <c r="BJ13" s="1"/>
       <c r="BK13" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="BL13" s="1">
+        <v>5</v>
+      </c>
+      <c r="BM13" s="6">
+        <v>1.0022</v>
+      </c>
+      <c r="BN13" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="BO13" s="1"/>
+      <c r="BP13" s="1">
+        <v>4</v>
+      </c>
+      <c r="BQ13" s="6">
+        <v>1.0022</v>
+      </c>
+      <c r="BR13" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="BS13" s="1"/>
+      <c r="BT13" s="1">
+        <v>8</v>
+      </c>
+      <c r="BU13" s="6">
+        <v>1.0022</v>
+      </c>
+      <c r="BV13" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="BW13" s="1"/>
+      <c r="BX13" s="1">
+        <v>14</v>
+      </c>
+      <c r="BY13" s="6"/>
+      <c r="BZ13" s="1"/>
+      <c r="CA13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB13" s="1">
+        <v>14</v>
+      </c>
+      <c r="CC13" s="6"/>
+      <c r="CD13" s="1"/>
+      <c r="CE13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF13" s="1">
+        <v>14</v>
+      </c>
+      <c r="CG13" s="6"/>
+      <c r="CH13" s="1"/>
+      <c r="CI13" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="14" spans="1:63">
+    <row r="14" spans="1:87">
       <c r="A14" s="1">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C14" s="1">
-        <v>101</v>
+        <v>135</v>
       </c>
       <c r="D14" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E14" s="6">
-        <v>1.0321</v>
+        <v>0.9505</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>237</v>
+        <v>320</v>
       </c>
       <c r="G14" s="1"/>
       <c r="H14" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I14" s="6">
-        <v>1.0321</v>
+        <v>0.9505</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>238</v>
+        <v>321</v>
       </c>
       <c r="K14" s="1"/>
       <c r="L14" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="M14" s="6">
-        <v>1.0321</v>
+        <v>0.9505</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>239</v>
+        <v>322</v>
       </c>
       <c r="O14" s="1"/>
       <c r="P14" s="2">
         <v>14</v>
       </c>
       <c r="Q14" s="6"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="T14" s="2">
         <v>14</v>
       </c>
       <c r="U14" s="6"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="X14" s="2">
         <v>14</v>
       </c>
       <c r="Y14" s="6"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AB14" s="2">
         <v>14</v>
       </c>
       <c r="AC14" s="6"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AF14" s="2">
         <v>14</v>
       </c>
       <c r="AG14" s="6"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AJ14" s="2">
         <v>14</v>
       </c>
       <c r="AK14" s="6"/>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AN14" s="1">
+        <v>54</v>
+      </c>
+      <c r="AN14" s="2">
         <v>14</v>
       </c>
       <c r="AO14" s="6"/>
       <c r="AP14" s="1"/>
       <c r="AQ14" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AR14" s="1">
+        <v>54</v>
+      </c>
+      <c r="AR14" s="2">
         <v>14</v>
       </c>
       <c r="AS14" s="6"/>
       <c r="AT14" s="1"/>
       <c r="AU14" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AV14" s="1">
+        <v>54</v>
+      </c>
+      <c r="AV14" s="2">
         <v>14</v>
       </c>
       <c r="AW14" s="6"/>
       <c r="AX14" s="1"/>
       <c r="AY14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AZ14" s="1">
         <v>14</v>
       </c>
       <c r="BA14" s="6"/>
       <c r="BB14" s="1"/>
       <c r="BC14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BD14" s="1">
         <v>14</v>
       </c>
       <c r="BE14" s="6"/>
       <c r="BF14" s="1"/>
       <c r="BG14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BH14" s="1">
         <v>14</v>
       </c>
       <c r="BI14" s="6"/>
       <c r="BJ14" s="1"/>
       <c r="BK14" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="BL14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM14" s="6"/>
+      <c r="BN14" s="1"/>
+      <c r="BO14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BP14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BQ14" s="6"/>
+      <c r="BR14" s="1"/>
+      <c r="BS14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BT14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BU14" s="6"/>
+      <c r="BV14" s="1"/>
+      <c r="BW14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BX14" s="1">
+        <v>14</v>
+      </c>
+      <c r="BY14" s="6"/>
+      <c r="BZ14" s="1"/>
+      <c r="CA14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB14" s="1">
+        <v>14</v>
+      </c>
+      <c r="CC14" s="6"/>
+      <c r="CD14" s="1"/>
+      <c r="CE14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF14" s="1">
+        <v>14</v>
+      </c>
+      <c r="CG14" s="6"/>
+      <c r="CH14" s="1"/>
+      <c r="CI14" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="15" spans="1:63">
+    <row r="15" spans="1:87">
       <c r="A15" s="1">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C15" s="1">
-        <v>102</v>
-[...24 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D15" s="1">
+        <v>2</v>
+      </c>
+      <c r="E15" s="6">
+        <v>0.9367</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1">
+        <v>6</v>
+      </c>
+      <c r="I15" s="6">
+        <v>0.9367</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1">
+        <v>7</v>
+      </c>
+      <c r="M15" s="6">
+        <v>0.9367</v>
+      </c>
+      <c r="N15" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="O15" s="1"/>
       <c r="P15" s="2">
         <v>14</v>
       </c>
       <c r="Q15" s="6"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="T15" s="2">
         <v>14</v>
       </c>
       <c r="U15" s="6"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="X15" s="2">
         <v>14</v>
       </c>
       <c r="Y15" s="6"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1" t="s">
-        <v>28</v>
-[...31 lines deleted...]
-      <c r="AN15" s="1">
+        <v>54</v>
+      </c>
+      <c r="AB15" s="2">
+        <v>14</v>
+      </c>
+      <c r="AC15" s="6"/>
+      <c r="AD15" s="1"/>
+      <c r="AE15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AF15" s="2">
+        <v>14</v>
+      </c>
+      <c r="AG15" s="6"/>
+      <c r="AH15" s="1"/>
+      <c r="AI15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AJ15" s="2">
+        <v>14</v>
+      </c>
+      <c r="AK15" s="6"/>
+      <c r="AL15" s="1"/>
+      <c r="AM15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="AN15" s="2">
         <v>14</v>
       </c>
       <c r="AO15" s="6"/>
       <c r="AP15" s="1"/>
       <c r="AQ15" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AR15" s="1">
+        <v>54</v>
+      </c>
+      <c r="AR15" s="2">
         <v>14</v>
       </c>
       <c r="AS15" s="6"/>
       <c r="AT15" s="1"/>
       <c r="AU15" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="AV15" s="1">
+        <v>54</v>
+      </c>
+      <c r="AV15" s="2">
         <v>14</v>
       </c>
       <c r="AW15" s="6"/>
       <c r="AX15" s="1"/>
       <c r="AY15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="AZ15" s="1">
         <v>14</v>
       </c>
       <c r="BA15" s="6"/>
       <c r="BB15" s="1"/>
       <c r="BC15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BD15" s="1">
         <v>14</v>
       </c>
       <c r="BE15" s="6"/>
       <c r="BF15" s="1"/>
       <c r="BG15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="BH15" s="1">
         <v>14</v>
       </c>
       <c r="BI15" s="6"/>
       <c r="BJ15" s="1"/>
       <c r="BK15" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
+      </c>
+      <c r="BL15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BM15" s="6"/>
+      <c r="BN15" s="1"/>
+      <c r="BO15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BP15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BQ15" s="6"/>
+      <c r="BR15" s="1"/>
+      <c r="BS15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BT15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BU15" s="6"/>
+      <c r="BV15" s="1"/>
+      <c r="BW15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BX15" s="1">
+        <v>14</v>
+      </c>
+      <c r="BY15" s="6"/>
+      <c r="BZ15" s="1"/>
+      <c r="CA15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CB15" s="1">
+        <v>14</v>
+      </c>
+      <c r="CC15" s="6"/>
+      <c r="CD15" s="1"/>
+      <c r="CE15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="CF15" s="1">
+        <v>14</v>
+      </c>
+      <c r="CG15" s="6"/>
+      <c r="CH15" s="1"/>
+      <c r="CI15" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
     <mergeCell ref="L1:O1"/>
     <mergeCell ref="P1:S1"/>
     <mergeCell ref="T1:W1"/>
     <mergeCell ref="X1:AA1"/>
     <mergeCell ref="AB1:AE1"/>
     <mergeCell ref="AF1:AI1"/>
     <mergeCell ref="AJ1:AM1"/>
     <mergeCell ref="AN1:AQ1"/>
     <mergeCell ref="AR1:AU1"/>
     <mergeCell ref="AV1:AY1"/>
     <mergeCell ref="AZ1:BC1"/>
     <mergeCell ref="BD1:BG1"/>
     <mergeCell ref="BH1:BK1"/>
+    <mergeCell ref="BL1:BO1"/>
+    <mergeCell ref="BP1:BS1"/>
+    <mergeCell ref="BT1:BW1"/>
+    <mergeCell ref="BX1:CA1"/>
+    <mergeCell ref="CB1:CE1"/>
+    <mergeCell ref="CF1:CI1"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>